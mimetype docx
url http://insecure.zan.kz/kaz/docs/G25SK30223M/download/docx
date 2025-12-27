--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b32cf13" w14:textId="b32cf13">
+    <w:p w14:paraId="e81d27f" w14:textId="e81d27f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -211,680 +211,659 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Солтүстік Қазақстан облысы Тайынша ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
+        <w:t>
+      1. Солтүстік Қазақстан облысы Тайынша ауданы Теңдік ауылдық округінің 2025-2027 жылдарға арналған бюджеті тиісінше осы шешімге 1, 2 және 3-қосымшаларға сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 28351 мың теңге:</w:t>
+      1) кірістер – 30431 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 4600 мың теңге;</w:t>
+      салықтық түсімдер – 5180 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 23751 мың теңге;</w:t>
+      трансферттер түсімі – 25251 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 28484 мың теңге;</w:t>
+      2) шығындар – 30564 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -133 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) – -133 мың теңге;</w:t>
+      6) бюджеттің мұнайға қатысты емес тапшылығы )профициті) – -133 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 133 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 133,0 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 133 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 15.10.2025 № 377/26 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тайынша ауданы Теңдік ауылдық округі бюджетінің кірістері Қазақстан Республикасының Бюджет кодексіне сәйкес қалыптастырылатыны белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға арналған Теңдік ауылдық округінің бюджетінде республикалық бюджеттен Теңдік ауылдық округінің бюджетіне 20 мың теңге сомасында трансферттер түсімі белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған Теңдік ауылдық округінің бюджетінде аудандық бюджеттен Теңдік ауылдық округінің бюджетіне 819 мың теңге сомасында трансферттер түсімі белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған аудандық бюджеттен Теңдік ауылдық округінің бюджетіне берілетін бюджеттік субвенция 22912 мың теңге сомасы белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. 2025 жылға арналған Теңдік ауылдық округінің бюджетінде осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қаржы жылының басында қалыптасқан бюджет қаражатының бос қалдықтары есебінен шығыстар көзделсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 264/20 "Солтүстік Қазақстан облысы Тайынша ауданы Теңдік ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -902,51 +881,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1297,260 +1276,282 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Теңдік ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 15.10.2025 № 377/26 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1856"/>
+        <w:gridCol w:w="1856"/>
+        <w:gridCol w:w="4309"/>
+        <w:gridCol w:w="2913"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z42" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+          <w:bookmarkEnd w:id="28"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2913" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z39" w:id="29"/>
+          <w:bookmarkStart w:name="z40" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="29"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1579,115 +1580,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1710,2668 +1725,2878 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-28351</w:t>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30431</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-4600</w:t>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-443</w:t>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-443</w:t>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3330</w:t>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3618</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-70</w:t>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+41</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-2336</w:t>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2469</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-889</w:t>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1073</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызметтер мен жұмыстарға және тауарларға ішкі салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-827</w:t>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+642</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-827</w:t>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+642</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-23751</w:t>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25251</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-23751</w:t>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25251</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-23751</w:t>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25251</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2913" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4400,115 +4625,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4531,6920 +4770,8046 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-28484</w:t>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30564</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-24952</w:t>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25532</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-24952</w:t>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25532</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-24952</w:t>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25532</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3088</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3088</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2053</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру және көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1035</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0</w:t>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0</w:t>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-444</w:t>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ведомстволық бағыныстағы мемлекеттік мекемелер мен ұйымдардың күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-444</w:t>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+311</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 311</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-133</w:t>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+311</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...104 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Колданылмаған (толық қолданылмаған) мақсатты трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...90 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...121 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...125 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...62 lines deleted...]
-Бюджеттік бағдарламалардың әкімшісі</w:t>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...121 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...163 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z41" w:id="30"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="30"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...125 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...62 lines deleted...]
-Сыныбы</w:t>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...121 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...163 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...163 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-133</w:t>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...104 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджеттің мұнайға қатысты емес тапшылығы )профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...90 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+133,0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...121 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...105 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...90 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Борышқа қызмет көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...121 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-133</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+133,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+133,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4309" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-133</w:t>
+            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11749,260 +13114,262 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="32"/>
+    <w:bookmarkStart w:name="z47" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Теңдік ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1375"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="4337"/>
+        <w:gridCol w:w="2852"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z48" w:id="33"/>
+          <w:bookmarkStart w:name="z48" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="32"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12031,115 +13398,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12162,2484 +13543,2687 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27928</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4761</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 459</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 459</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3446</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызметтер мен жұмыстарға, тауарларға ішкі салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 856</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 856</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23167</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23167</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14673,157 +16257,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14852,115 +16443,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14983,2818 +16588,3084 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27928</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24410</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24410</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24410</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3196</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3196</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2125</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1071</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ведомстволық бағыныстағы мемлекеттік мекемелер мен ұйымдардың күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 322</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 322</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 322</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17828,157 +19699,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18007,115 +19885,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18138,187 +20030,201 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18352,177 +20258,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z49" w:id="34"/>
+          <w:bookmarkStart w:name="z49" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="33"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18551,115 +20460,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18682,183 +20605,204 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18892,177 +20836,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z50" w:id="35"/>
+          <w:bookmarkStart w:name="z50" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="34"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19091,115 +21038,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19222,883 +21183,974 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20132,157 +22184,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20311,115 +22370,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20442,364 +22515,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20833,157 +22934,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21012,115 +23120,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21143,541 +23265,583 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22012,260 +24176,262 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="36"/>
+    <w:bookmarkStart w:name="z56" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Теңдік ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1375"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="4337"/>
+        <w:gridCol w:w="2852"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z57" w:id="37"/>
+          <w:bookmarkStart w:name="z57" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="36"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22294,115 +24460,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22425,2484 +24605,2687 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28352</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4928</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 475</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 475</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3567</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2503</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 952</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызметтер мен жұмыстарға, тауарларға ішкі салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 886</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 886</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23424</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23424</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24936,157 +27319,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25115,115 +27505,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25246,2299 +27650,2502 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28352</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24711</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24711</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24711</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3308</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3308</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2199</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1109</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 333</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 333</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 333</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27572,157 +30179,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27751,115 +30365,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27882,187 +30510,201 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28096,177 +30738,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z58" w:id="38"/>
+          <w:bookmarkStart w:name="z58" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="37"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28295,115 +30940,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28426,183 +31085,204 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28636,177 +31316,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z59" w:id="39"/>
+          <w:bookmarkStart w:name="z59" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="38"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28835,115 +31518,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28966,883 +31663,974 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -29876,157 +32664,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30055,115 +32850,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30186,364 +32995,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30577,157 +33414,164 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30756,115 +33600,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30887,541 +33745,583 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31756,260 +34656,262 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z65" w:id="40"/>
+    <w:bookmarkStart w:name="z65" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылдың 1 қаңтарына қалыптасқан бюджет қаражатының бос қалдықтарын бағыттау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1528"/>
+        <w:gridCol w:w="2076"/>
+        <w:gridCol w:w="2076"/>
+        <w:gridCol w:w="3725"/>
+        <w:gridCol w:w="2895"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2895" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z66" w:id="41"/>
+          <w:bookmarkStart w:name="z66" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="40"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32038,115 +34940,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32169,714 +35085,777 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2895" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2895" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2895" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2895" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32910,177 +35889,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2895" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z67" w:id="42"/>
+          <w:bookmarkStart w:name="z67" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="41"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33109,115 +36091,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33240,714 +36236,777 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2895" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2895" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2895" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2076" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3725" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қолданылмаған (толық қолданылмаған) мақсатты трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2895" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34383,31 +37442,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>