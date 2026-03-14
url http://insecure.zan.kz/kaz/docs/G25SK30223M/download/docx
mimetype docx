--- v1 (2025-12-27)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e81d27f" w14:textId="e81d27f">
+    <w:p w14:paraId="248cf9f" w14:textId="248cf9f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -808,62 +808,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -881,51 +882,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1325,233 +1326,231 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 15.10.2025 № 377/26 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1366"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2913"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z42" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="28"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z40" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="29"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="29"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1580,129 +1579,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1725,2687 +1710,2484 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30431</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5180</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3618</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2469</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1073</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызметтер мен жұмыстарға және тауарларға ішкі салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 642</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 642</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25251</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25251</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4439,164 +4221,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4625,129 +4400,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4770,3842 +4531,3534 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30564</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25532</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25532</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25532</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3088</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3088</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2053</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру және көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1035</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ведомстволық бағыныстағы мемлекеттік мекемелер мен ұйымдардың күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 311</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 311</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 311</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Колданылмаған (толық қолданылмаған) мақсатты трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8639,164 +8092,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8825,129 +8271,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8970,201 +8402,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9198,180 +8616,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z41" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="30"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="30"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9400,129 +8815,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9545,204 +8946,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9776,178 +9156,175 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9976,129 +9353,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10121,974 +9484,883 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы )профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11122,164 +10394,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11308,129 +10573,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11453,392 +10704,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11872,164 +11095,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12058,129 +11274,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12203,583 +11405,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1856" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4309" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2913" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13145,231 +12305,229 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Теңдік ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1375"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2852"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z48" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="32"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="32"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13398,129 +12556,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13543,2687 +12687,2484 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27928</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4761</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 459</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 459</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3446</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызметтер мен жұмыстарға, тауарларға ішкі салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 856</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 856</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23167</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23167</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16257,164 +15198,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16443,129 +15377,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16588,3084 +15508,2818 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27928</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24410</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24410</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24410</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3196</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3196</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2125</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1071</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 032</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ведомстволық бағыныстағы мемлекеттік мекемелер мен ұйымдардың күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 322</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 322</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 322</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19699,164 +18353,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19885,129 +18532,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20030,201 +18663,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20258,180 +18877,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z49" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="33"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="33"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20460,129 +19076,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20605,204 +19207,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20836,180 +19417,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z50" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="34"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="34"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21038,129 +19616,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21183,974 +19747,883 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22184,164 +20657,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22370,129 +20836,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22515,392 +20967,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22934,164 +21358,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23120,129 +21537,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23265,583 +21668,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24207,231 +22568,229 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Теңдік ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1375"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2852"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z57" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="36"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="36"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24460,129 +22819,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24605,2687 +22950,2484 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28352</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4928</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 475</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 475</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3567</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2503</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 952</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызметтер мен жұмыстарға, тауарларға ішкі салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 886</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 886</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23424</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23424</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27319,164 +25461,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27505,129 +25640,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27650,2502 +25771,2299 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28352</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24711</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24711</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24711</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3308</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3308</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2199</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1109</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлік және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 333</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 333</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 333</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30179,164 +28097,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30365,129 +28276,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30510,201 +28407,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -30738,180 +28621,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z58" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="37"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="37"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30940,129 +28820,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31085,204 +28951,183 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31316,180 +29161,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z59" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="38"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="38"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31518,129 +29360,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -31663,974 +29491,883 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32664,164 +30401,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32850,129 +30580,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32995,392 +30711,364 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33414,164 +31102,157 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33600,129 +31281,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33745,583 +31412,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1868" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1375" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4337" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2852" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -34687,231 +32312,229 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылдың 1 қаңтарына қалыптасқан бюджет қаражатының бос қалдықтарын бағыттау</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1528"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2895"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3725" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z66" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="40"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="40"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1528" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34940,129 +32563,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1528" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35085,777 +32694,714 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1528" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3725" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2076" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3725" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1528" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2076" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3725" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1528" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3725" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35889,180 +33435,177 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3725" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z67" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="41"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="41"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1528" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36091,129 +33634,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1528" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36236,777 +33765,714 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1528" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3725" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1528" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2076" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3725" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1528" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2076" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3725" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1528" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="2076" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3725" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қолданылмаған (толық қолданылмаған) мақсатты трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2895" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>