--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="360bf00" w14:textId="360bf00">
+    <w:p w14:paraId="99f6fe3" w14:textId="99f6fe3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -211,640 +211,619 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Солтүстік Қазақстан облысы Тайынша ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
+        <w:t>
+      1. Солтүстік Қазақстан облысы Тайынша ауданының Зеленогай ауылдық округінің 2025-2027 жылдарға арналған бюджеті тиісінше осы шешімнің 1, 2 және 3- қосымшаларына сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 44140,0 мың теңге:</w:t>
+      1) кірістер – 44195,0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 13408,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 30732,0 мың теңге;</w:t>
+      трансферттер түсімі – 30787,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 44140,1 мың теңге;</w:t>
+      2) шығындар – 46763,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – - 0,1 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – - 2568,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) – - 0,1 мың теңге;</w:t>
+      6) бюджеттің мұнай емес тапшылығы (профициті) – - 2568,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 0,1 мың теңге:</w:t>
+      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 2568,6 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      бюджет қаражатының пайдаланылатын қалдықтары – 0,1 мың теңге. </w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 2568,6 мың теңге. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 15.10.2025 № 378/26 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Тайынша ауданы Зеленогай ауылдық округі бюджетінің кірістері Қазақстан Республикасы Бюджет кодексіне сәйкес қалыптастырылатыны белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға арналған Зеленогай ауылдық округінің бюджетінде республикалық бюджеттен 855 мың теңге сомасында ағымдағы нысаналы трансферттер түсімі ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Аудандық бюджеттен 2025 жылға арналған Зеленогай ауылдық округінің бюджетіне берілетін бюджеттік субвенция 29877 мың теңге сомасында белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған Зеленогай ауылдық округінің бюджетінде қаржы жылының басында қалыптасқан бюджет қаражатының бос қалдықтары есебінен шығыстар осы шешімнің 4 қосымшасына сәйкес 0,1 мың теңге сомасында ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 257/20 "Солтүстік Қазақстан облысы Тайынша ауданы Зеленогай ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -862,51 +841,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1257,260 +1236,282 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z37" w:id="27"/>
+    <w:bookmarkStart w:name="z37" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Зеленогай ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 15.10.2025 № 378/26 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1298"/>
+        <w:gridCol w:w="1763"/>
+        <w:gridCol w:w="1763"/>
+        <w:gridCol w:w="4092"/>
+        <w:gridCol w:w="3384"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z46" w:id="27"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+          <w:bookmarkEnd w:id="27"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z38" w:id="28"/>
+          <w:bookmarkStart w:name="z41" w:id="28"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="28"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1539,115 +1540,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1670,2845 +1685,3061 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-44140,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44195,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13408,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-5050,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8931,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 төлем көзінен салық салынбайтын табыстардын ұсталатын жеке табыс салығы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-5050,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8931,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-4777,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4281,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-40,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4099,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-571,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+98,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі салықтар тауарларға, жұмыстарға және қызметтерге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3581,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+194,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланған үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3581,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+194,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-30732,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30787,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-30732,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30787,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-30732,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30787,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z39" w:id="29"/>
+          <w:bookmarkStart w:name="z42" w:id="29"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="29"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z40" w:id="30"/>
+          <w:bookmarkStart w:name="z43" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бағдарламалардың әкімшісі</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="30"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4531,4057 +4762,4421 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-44140,1</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46763,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-30422,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34992,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-30422,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34992,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін ету жқніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-30422,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34992,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-9101,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7101,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді-мекендерді көркейту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-9101,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7101,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-9101,0</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7101,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2881,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-2000,0</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4220,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-4220,0</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1703,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет аласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1703,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1703,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1703,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-1703,0</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2967,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-2914,0</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2967,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-2914,0</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2967,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-2914,0</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2912,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-2914,0</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар автомобиль жолдарын және елді мекендердің көшелерін күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8615,177 +9210,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z41" w:id="31"/>
+          <w:bookmarkStart w:name="z44" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="31"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8814,115 +9412,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8945,364 +9557,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9336,177 +9976,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z42" w:id="32"/>
+          <w:bookmarkStart w:name="z45" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
           </w:p>
           <w:bookmarkEnd w:id="32"/>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9535,115 +10178,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9666,183 +10323,204 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9876,241 +10554,249 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z43" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10139,115 +10825,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10270,1060 +10970,1165 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
--0,1</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-2568,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
--0,1</w:t>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджеттің мұнай емес тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-2568,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2568,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11357,177 +12162,178 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z44" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11556,115 +12362,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11687,710 +12507,780 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12424,177 +13314,178 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3384" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z45" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12623,115 +13514,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12754,571 +13659,613 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2568,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2568,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1298" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4092" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="3384" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2568,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -13623,260 +14570,262 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="36"/>
+    <w:bookmarkStart w:name="z51" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Зеленогай ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1375"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="4337"/>
+        <w:gridCol w:w="2852"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z52" w:id="37"/>
+          <w:bookmarkStart w:name="z52" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="34"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13905,115 +14854,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14036,2484 +14999,2687 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13877</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5227</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 төлем көзінен салық салынбайтын табыстардын ұсталатын жеке табыс салығы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5227</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4944</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4243</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 591</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі салықтар тауарларға, жұмыстарға және қызметтерге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3706</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланған үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3706</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30143</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30143</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16547,334 +17713,347 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z53" w:id="38"/>
+          <w:bookmarkStart w:name="z53" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="35"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z54" w:id="39"/>
+          <w:bookmarkStart w:name="z54" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="36"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16897,3526 +18076,3848 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29879</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29879</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін ету жқніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29879</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9420</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді-мекендерді көркейту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9420</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9420</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2982</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4368</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1705</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет аласындағы қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1705</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1705</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1705</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3016</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20450,177 +21951,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z55" w:id="40"/>
+          <w:bookmarkStart w:name="z55" w:id="37"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="37"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20649,115 +22153,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20780,364 +22298,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21171,177 +22717,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z56" w:id="41"/>
+          <w:bookmarkStart w:name="z56" w:id="38"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="38"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21370,115 +22919,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21501,183 +23064,204 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21711,241 +23295,251 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z57" w:id="42"/>
+          <w:bookmarkStart w:name="z57" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="39"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21974,115 +23568,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22105,1060 +23713,1165 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23192,177 +24905,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z58" w:id="43"/>
+          <w:bookmarkStart w:name="z58" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="40"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -23391,115 +25107,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -23522,710 +25252,780 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24259,177 +26059,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z59" w:id="44"/>
+          <w:bookmarkStart w:name="z59" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="41"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24458,115 +26261,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24589,541 +26406,583 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25458,260 +27317,262 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z65" w:id="45"/>
+    <w:bookmarkStart w:name="z65" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Тайынша ауданы Зеленогай ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1375"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="1868"/>
+        <w:gridCol w:w="4337"/>
+        <w:gridCol w:w="2852"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z66" w:id="46"/>
+          <w:bookmarkStart w:name="z66" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="43"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25740,115 +27601,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25871,2484 +27746,2687 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44790</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14363</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5409</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 төлем көзінен салық салынбайтын табыстардын ұсталатын жеке табыс салығы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5409</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5118</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4391</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 612</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі салықтар тауарларға, жұмыстарға және қызметтерге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3836</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа ресурстарды пайдаланған үшін түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3836</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30427</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30427</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28382,334 +30460,347 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z67" w:id="47"/>
+          <w:bookmarkStart w:name="z67" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="44"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z68" w:id="48"/>
+          <w:bookmarkStart w:name="z68" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="45"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28732,3530 +30823,3845 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44790</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттік қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30214</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30214</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін ету жқніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30214</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9749</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді-мекендерді көркейту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9749</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9749</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3086</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2142</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4521</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1706</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет аласындағы қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1706</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1706</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени - демалыс жұмысын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1706</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3121</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3121</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3121</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3121</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32289,177 +34695,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z69" w:id="49"/>
+          <w:bookmarkStart w:name="z69" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="46"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32488,115 +34897,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -32619,364 +35042,392 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33010,177 +35461,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z70" w:id="50"/>
+          <w:bookmarkStart w:name="z70" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="47"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33209,115 +35663,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33340,183 +35808,204 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33550,241 +36039,251 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z71" w:id="51"/>
+          <w:bookmarkStart w:name="z71" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="48"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -33813,115 +36312,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -33944,1060 +36457,1165 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35031,177 +37649,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z72" w:id="52"/>
+          <w:bookmarkStart w:name="z72" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="49"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35230,115 +37851,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -35361,710 +37996,780 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Борышқа қызмет көрсету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36098,177 +38803,180 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z73" w:id="53"/>
+          <w:bookmarkStart w:name="z73" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="50"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -36297,115 +39005,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36428,541 +39150,583 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1868" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4337" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2852" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37297,260 +40061,278 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z79" w:id="54"/>
+    <w:bookmarkStart w:name="z79" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылғы 1 қаңтарға қалыптасқан бюджеттік қаражаттардың бос қалдықтарын бағыттау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 4-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Тайынша ауданы мәслихатының 15.10.2025 № 378/26 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1348"/>
+        <w:gridCol w:w="1831"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="4252"/>
+        <w:gridCol w:w="3037"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3037" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z80" w:id="55"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -37579,115 +40361,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -37710,918 +40506,982 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2568,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1348" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2568,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2568,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2568,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3037" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z81" w:id="56"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы,</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -38650,115 +41510,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -38781,714 +41655,1350 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2568,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2568,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-0,1</w:t>
+            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2568,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2568,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3037" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1348" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 048</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3037" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -39924,31 +43434,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>