--- v0 (2025-11-08)
+++ v1 (2025-12-27)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c6023e6" w14:textId="c6023e6">
+    <w:p w14:paraId="6950f24" w14:textId="6950f24">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,345 +85,268 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Солтүстік Қазақстан облысы Мамлют ауданы әкімдігінің жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" коммуналдық мемлекеттік мекемесінің ережесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...112 lines deleted...]
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Солтүстік Қазақстан облысы Мамлют ауданы әкімдігінің 2025 жылғы 20 ақпандағы № 55 қаулысы. Күші жойылды - Солтүстік Қазақстан облысы Мамлют ауданы әкімдігінің 2025 жылғы 11 сәуірдегі № 116 қаулысымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. Күші жойылды - Солтүстік Қазақстан облысы Мамлют ауданы әкімдігінің 11.04.2025 № 116 (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Мемлекеттік мүлік туралы" Қазақстан Республикасы Заңының 18-бабы 8) тармақшасына, "Мемлекеттік органдар мен олардың құрылымдық бөлімшелерінің қызметін ұйымдастырудың кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2021 жылғы 1 қыркүйектегі № 590 қаулысымен бекітілген Мемлекеттік орган туралы үлгілік ережеге сәйкес Солтүстік Қазақстан облысы Мамлют ауданының әкімдігі ҚАУЛЫ ЕТЕДІ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қоса беріліп отырған "Солтүстік Қазақстан облысы Мамлют ауданы әкімдігінің жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" коммуналдық мемлекеттік мекемесі туралы ереже бекітілсін.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Солтүстік Қазақстан облысы Мамлют ауданы әкімдігінің жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" коммуналдық мемлекеттік мекемесі жоғарыда көрсетілген ережені заңнамада белгіленген тәртіппен әділет органдарында мемлекеттік тіркеуді қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы қаулының орындалуын бақылау Солтүстік Қазақстан облысы Мамлют ауданы әкімінің жетекшілік ететін орынбасарына жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы қаулы алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      </w:t>
-[...61 lines deleted...]
-              <w:t>Т. Мамашәріпов</w:t>
+              <w:t>      Аудан әкімінің м.а. 	Т. Мамашәріпов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -672,2774 +597,2546 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 55 қаулысымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Солтүстік Қазақстан облысы Мамлют ауданы әкімдігінің жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" коммуналдық мемлекеттік мекемесі туралы ереже</w:t>
-[...21 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="7"/>
+        <w:t xml:space="preserve"> "Солтүстік Қазақстан облысы Мамлют ауданы әкімдігінің
+жұмыспен қамту және әлеуметтік бағдарламалар бөлімі"
+коммуналдық мемлекеттік мекемесі туралы ереже 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Солтүстік Қазақстан облысы Мамлют ауданы әкімдігінің жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" коммуналдық мемлекеттік мекемесі (бұдан әрі - Бөлім) әлеуметтік және еңбек салаларындағы, сондай-ақ құзыреті шегінде халықтың көші-қон саласындағы басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z17" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Бөлімнің ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z18" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Бөлім өз қызметін Қазақстан Республикасының Конституциясына, Қазақстан Республикасының Азаматтық кодексіне, Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексіне, Қазақстан Республикасының Еңбек кодексіне, Қазақстан Республикасының Бюджет кодексіне, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңына, "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасы Заңына, "Мемлекеттік сатып алу туралы" Қазақстан Республикасы Заңына, "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" Қазақстан Республикасы Заңына, "Құқықтық актілер туралы" Қазақстан Республикасы Заңына, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Бөлім мемлекеттік мекеменің ұйымдастырушы-құқықтық формасында заңды тұлға болып табылады, Қазақстан Республикасының Мемлекеттік Елтаңба бейнесі бар мөрі және мемлекеттік тілде өз атауы бар бұрыштамасы, белгіленген үлгідегі бланктері, қазынашылық органдарында "Бюджеттің атқарылуы және оған кассалық қызмет көрсету ережесін бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2014 жылғы 4 желтоқсандағы № 540 бұйрығына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9934 болып тіркелген) сәйкес шоттары бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z20" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Бөлім азаматтық - құқықтық қатынастарға өз атынан түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z21" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Бөлім Қазақстан Республикасының бюджеттік және қаржылық заңдылығына сәйкес уәкілеттік берілген болса, мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Бөлім өз құзыретінің мәселесі бойынша заңнамада белгіленген тәртіппен Қазақстан Республикасының Азаматтық кодексімен, Қазақстан Республикасының Еңбек кодексімен, Қазақстан Республикасының Бюджет кодексімен, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңымен, "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасының Заңымен, "Құқықтық актілер туралы" Қазақстан Республикасының Заңымен қарастырылған, бөлім басшысының бұйрықтарымен ресімделген шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z23" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Бөлімнің құрылымы мен штат санының лимиті Қазақстан Республикасының Еңбек кодексіне, "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасының Заңына, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Бөлімнің мекенжайы: индекс 150900, Қазақстан Республикасы, Солтүстік Қазақстан облысы, Мамлют ауданы, Мамлютка қаласы, Абай Кұнанабаев көшесі, 10/3 ғимарат.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы Ереже Бөлімнің құрылтайшы құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z26" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Бөлімнің қызметін қаржыландыру Қазақстан Республикасының Бюджет кодексіне сәйкес республикалық және жергілікті бюджеттен, Қазақстан Республикасының Ұлттық банкінің бюджетінен (шығындар сметасы) жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z27" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Бөлімнің өкілеттіктері болып табылатын міндеттерді орындау затына кәсіпкерлік субъектілермен шарттық қатынасқа түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Бөлімге қаржы және мемлекеттік басқару салаларында заңдылық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кірістер, егер Қазақстан Республикасының қаржы саласындағы заңнамасында өзге белгіленбеген жағдайда мемлекеттік бюджетке жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z29" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Бөлімнің мақсаттары және өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z30" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мақсаттары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z31" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z32" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) еңбек, оның ішінде еңбек қауіпсіздігі және еңбекті қорғау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жұмыспен қамту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z34" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әлеуметтік қамсыздандыру, оның ішінде зейнетақымен қамсыздандыру және міндетті әлеуметтік сақтандыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z35" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мүгедектігі бар адамдарды әлеуметтік қорғау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z36" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) балалы отбасыларды әлеуметтік қолдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z37" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) азаматтардың жекелеген санаттарына әлеуметтік көмек көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z38" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) еңбек жағдайлары зиянды жұмыстарда істейтін адамдарды әлеуметтік қорғау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z39" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) арнаулы әлеуметтік қызметтер көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z40" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) өз құзыреті шегінде халықтың көші-қоны және босқындар саласындағы мемлекеттік саясатты қалыптастыру және іске асыру, салааралық үйлестіруді және мемлекеттік басқаруды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z41" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) кәсіптік біліктілікті тану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z42" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) Қазақстан Республикасының заңнамасымен Бөлімге жүктелген өзге де міндеттер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z43" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z44" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құқықтары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z45" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әлеуметтік және еңбек салаларындағы, сондай-ақ құзыреті шегінде халықтың көші-қоны саласындағы аудан әкімі мен әкімдігінің құқықтық және нормативтік құқықтық актілердің жобаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңнамада белгіленген тәртіппен мемлекеттік органдардан, өзге ұйымдардан және лауазымды адамдардан қажетті ақпарат пен материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z47" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінде көзделген жағдайларда өз құзыреті шегінде әкімшілік органдарға, лауазымды адамдарға жәрдем көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z48" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінде белгіленген жағдайларда және негіздер бойынша әкімшілік рәсімге қатысушының құқықтарын іске асырудан бас тарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z49" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы заңнамалық актілерде көзделген өзге де құқықтарды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z50" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z51" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сыбайлас жемқорлық құқық бұзушылықтардың алдын алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z52" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сыбайлас жемқорлыққа қарсы іс-қимыл бойынша іс-шаралар өткізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z53" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы заңнамаға сәйкес халыққа сапалы мемлекеттік қызметтер көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z54" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Президентiнің, Yкіметінің және орталық атқарушы органдардың, облыс, аудан әкімінің және әкімдігінің актілерi мен тапсырмаларын сапалы және уақтылы орындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z55" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасын, жеке және заңды тұлғалардың құқықтары мен заңмен қорғалатын мүдделерін сақтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z56" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жолданымдарды қабылдау және тіркеу, оларды және оларға қоса берілген құжаттарды ресімдеуге жәрдемдесу, формальды қателерді жоюға және қоса берілетін құжаттарды толықтыруға мүмкіндік беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z57" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әкімшілік рәсімге қатысушыға оның әкімшілік рәсімді жүзеге асыруға байланысты мәселелер бойынша құқықтары мен міндеттерін түсіндіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z58" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әкімшілік рәсімге қатысушыны өткізілетін тыңдаудың орны мен уақыты туралы күні бұрын хабардар ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z59" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінде көзделген жағдайларды қоспағанда, әкімшілік рәсім бойынша шешім қабылдау алдында әкімшілік рәсімге қатысушыны тыңдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z60" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әкімшілік актіні Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінде белгіленген тәртіппен әкімшілік рәсімге қатысушының не олардың өкілдерінің назарына жеткізу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z61" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z62" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жұмыс жоспарын әзiрлеу және бекiту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z63" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ұйымдастыру іс-шараларының жоспарын әзiрлеу және бекiту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z64" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өз құзыреті шегінде реттеу, іске асыру функциясын жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z65" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) адамның және азаматтың, ұйымдар мен мемлекеттің құқықтарын, бостандықтары мен заңды мүдделерін сақтау және қорғау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z66" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының әкімшілік рәсімдік-процестік кодексіне сәйкес жеке және заңды тұлғалардың өтініштерін есепке алуды және қарауды, бөлім басшысының азаматтарды жеке қабылдауын жүргізуді қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z67" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Бөлім ақпараттық ресурс жүйесінің жұмыс істеуін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z68" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер және ақпараттық жүйелерді қолданумен электрондық мемлекеттік қызметтер көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z69" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) мемлекеттік қызметтер көрсету сапасын арттыру жөнінде шаралар қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z70" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) "Мемлекеттік сатып алу туралы" Қазақстан Республикасының Заңына сәйкес Бөлім мемлекеттік сатып алуы бойынша есептілікті құру, мемлекеттік сатып алу рәсімдерін ұйымдастыру және өткізу, мемлекеттік сатып алудың жылдық жоспарын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z71" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) әлеуметтік және еңбек салаларындағы, сондай-ақ құзыреті шегінде халықтың көші-қоны саласындағы аудан әкімі мен әкімдігінің құқықтық және нормативтік құқықтық актілерінің жобаларын әзірлеу және мониторинг жүргізу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z72" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) бақылау және қадағалау функциялары берілген мемлекеттік органдардың сұрау салулары бойынша ақпарат ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z74" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) құзыреті шегінде депутаттардың, мемлекеттік органдардың сұрауларына жауаптар (жауап жобаларын) дайындау;      </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) өз құзыреті шегінде мемлекеттік органдарға әдістемелік және құқықтық көмек көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) "Ашық бюджеттердің интернет-порталында ақпаратты орналастыру және бюджеттік бағдарламалардың жобаларын (бюджеттік бағдармаларды іске асыру туралы есептерді) жария талқылау қағидаларын бекіту туралы" Қазақстан Республикасы Ақпарат және қоғамдық даму министрінің 2021 жылғы 30 сәуірдегі № 149 бұйрығына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 22682 болып тіркелген)  сәйкес "Ашық бюджеттер" порталында бюджеттік бағдарламалардың жобаларын, бюджеттік бағдарламалардың іске асырылуы туралы есептерді орналастыру;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) халықты әлеуметтік қорғау саласында бірыңғай мемлекеттік саясат жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z77" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) мемлекеттік жұмыспен қамту саясатын әзірлеуге қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z78" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) еңбек нарығындағы жағдайды талдау және болжау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z79" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) жоғары тұрған органдарға халықты жұмыспен қамту және әлеуметтік қорғау саласындағы қолданыстағы заңнаманы жетілдіру жөнінде ұсыныстар дайындау және енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z80" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) өңірлік жұмыспен қамту картасын іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z81" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) ұлттық жобалар, облыстың, республикалық маңызы бар қаланың, астананың даму жоспарлары, өңірлік жұмыспен қамту картасы шеңберінде жұмыс орындарын құру мониторингін жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z82" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) әлеуметтік әріптестік және әлеуметтік және еңбек қатынастарын реттеу жөніндегі аудандық үшжақты комиссияның жұмысын ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z83" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) аудан әкімі, жұмыскерлердің, жұмыс берушілер мен кәсіподақтардың аудандық бірлестіктері арасындағы аудандық үшжақты келісімді, аудандық үшжақты Келісімді іске асыру жөніндегі іс-шараларды әзірлеу, Келісу және аудандық үшжақты комиссияны бекітуге ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z84" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) аудандық үшжақты Келісімді іске асыру бойынша қабылданған міндеттемелер мен іс-шаралардың іске асырылу барысына мониторинг жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z85" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) халықты жұмыспен қамтудың өңірлік бағдарламаларын және нысаналы топтарды жұмыспен қамтуға жәрдемдесуді қамтамасыз ететін арнайы іс-шараларды үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z86" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) аудан әкімінің қарауына: аудан аумағында тұратын халықтың нысаналы топтарын айқындау және оларды қорғау жөніндегі әлеуметтік шаралар туралы ұсыныстар әзірлеу және енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z87" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) халықты жұмыспен қамту мәселелерін қарайтын атқарушы билік органдарының, жұмыс берушілер бірлестіктері мен кәсіподақтардың өкілдерінен құралатын консультативтік комиссиялар мен жұмыс топтарының жұмысына қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z88" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) тұрғын үй көмегін тағайындау және төлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z89" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) еңбекші көшіп келушіге рұқсаттарды беру, ұзарту және кері қайтарып алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z90" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) арнаулы әлеуметтік қызметтер көрсететін субъектілерді кадрлық қамтамасыз етуді, әлеуметтік қызметкерлерді кәсіптік даярлауды, қайта даярлауды және олардың біліктілігін арттыруды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z91" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) арнаулы әлеуметтік қызметтер көрсету мәселелері бойынша жеке, заңды тұлғалармен және мемлекеттік органдармен өзара іс-қимыл жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z92" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) мүгедектігі бар адамдарға көмек көрсетуде әлеуметтік көмек көрсету және үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z93" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) жеке бағдарламаға сәйкес мүгедектігі бар адамдар мен мүгедектігі бар балаларды санаторлық-курорттық емдеуді қамтамасыз етуге құжаттарды ресімдеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z94" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) мүгедектігі бар адамдарды жеке бағдарламаға сәйкес техникалық көмекші (компенсаторлық) құралдармен және (немесе) арнаулы жүріп-тұру құралдарымен қамтамасыз етуге құжаттарын рәсімдеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z95" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) жеке бағдарламаға сәйкес жүріп-тұруы қиын бірінші топтағы мүгедектігі бар адамдар үшін жеке көмекшіні, есту қабілеті нашар адамдар үшін жестау тілі маманын қызметтермен қамтамасыз етуге құжаттарын рәсімдеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z96" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) Қазақстан Республикасының заңнамасында мүгедектігі бар адамдарға әлеуметтік көмектің қосымша шараларын ұсыну көзделген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z97" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) Мүгедектігі бар адамдарды арнаулы жүріп - тұру құралдарымен, протездік-ортопедиялық бұйымдармен, сурдо-тифло-техникалық құралдармен қамтамасыз ету, сондай-ақ мүгедектігі бар адамдарды санаторлық-курорттық емдеумен қамтамасыз ету жөніндегі қызметті жоспарлау және ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z98" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) Мүгедектігі бар адамдардың қоғамдық ұйымдарына әлеуметтік бағдарламаларды шешуде консультациялық көмек көрсету және олардың қызметін үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z99" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) талдау материалдарын дайындау, семинарларда, кеңестерде сөз сөйлеу, аудан тұрғындарымен кездесу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z100" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) жұмыспен қамту және әлеуметтік бағдарламалар мәселелері бойынша бағдарламалық базаларды пайдаланудың тиімділігін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z101" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) бөлімде лимиттердің жұмсалуын, әкімшілік бағдарламалардың шығыстар сметасының орындалуын, бюджеттік сыныптамаларды және бухгалтерлік есепті дұрыс жүргізуді ұйымдастыру және бақылау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z102" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) Бөлім қызметкерлерін даярлау, қайта даярлау және сыныптамасын арттыру бойынша іс-шараларды ұйымдастыру және өткізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z103" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) Қазақстан Республикасының қолданыстағы заңнамасына сәйкес халықтың аз қамтылған топтарына мемлекеттік атаулы әлеуметтік көмек тағайындау жөніндегі жұмысты ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z104" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) тиісті жылға аудан халқын әлеуметтік қорғау жүйесінің жергілікті бюджет жобасын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z105" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) әлеуметтік қорғауға мұқтаж көпбалалы отбасыларды, ана мен баланы, мүгедектігі бар адамдарды, халықтың басқа да топтарын қорғауды қолдау жөніндегі бағдарламаларды іске асыруға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z106" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) халық арасында түсіндіру жұмыстарын ұйымдастыру және жүргізу, Семей ядролық сынақ полигонында ядролық сынақтардың салдарынан зардап шеккен азаматтарға, қаза тапқан әскери қызметкерлердің отбасыларына, мемлекеттің нормативтік құқықтық актілеріне сәйкес жеңілдіктерге үміткер халықтың басқа да топтарына әлеуметтік көмекке мұқтаждарды анықтау мәселелері бойынша ауылдық округтер әкімдері аппараттарына практикалық және әдістемелік көмек көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z107" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) жеке санаттағы мұқтаж азматтарға және атаулы күндер мен мереке күндеріне әлеуметтік көмек көрсету жөніндегі жұмысты ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z108" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) интернат-үйлеріне: психоневрологиялық, қарттар мен мүгедектігі бар адамдарға арналған анықтауды және оларды осы мекемелерге жіберу үшін қажетті құжаттарды рәсімдеуді қажет ететін азаматтарды, оның ішінде үйдегі әлеуметтік көмек бөлімшелері арқылы анықтау жөніндегі жұмысты ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z109" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48) әлеуметтік қолдау көрсету бойынша, оның ішінде үйде, мүмкіндігі шектеулі балаларға әлеуметтік көмек көрсету бөлімшелері арқылы жұмысты ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z110" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49) аудан азаматтарын әлеуметтік қорғау мәселелері бойынша қоғамдық бірлестіктермен (ардагерлер ұйымдарымен, мүгедектігі бар адамдарға қоғамдарымен, қайырымдылық қорларымен және басқа да коммерциялық емес ұйымдармен) бірлескен қызметті ұйымдастыру; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z111" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50) қайырымдылық қорларының, әлеуметтік көмекті жүзеге асыратын меценаттардың сұрау салуы бойынша әлеуметтік көмекке мұқтаж адамдардың ақпаратын ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z112" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51) Қазақстан Республикасының заңнамасына сәйкес қылмыстық-атқару жүйесінің мекемелерінен босатылған, сондай-ақ пробация қызметінің есебінде тұрған адамдарға әлеуметтік және өзге де көмек көрсету саласындағы өкілеттіктерді орындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z113" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52) өз құзыретi шегiнде халықтың көшi-қоны саласындағы мемлекеттiк саясатты iске асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z114" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53) Қазақстан Республикасының Әлеуметтік кодексіне сәйкес халықтың нысаналы топтарына жататын қандастарға жұмысқа орналасуға, кәсiптiк даярлықтан өтуге, қайта даярлаудан өтуге және бiлiктiлiгiн арттыруға жәрдем көрсетедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z115" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54) отбасын біріктіру мақсатында Қазақстан Республикасы азаматтарының шетелде тұратын этникалық қазақтардың арасынан туыстарын Қазақстан Республикасына қоныстану үшін шақыруларын қабылдайды және бұл шақыруларды халықтың көші-қоны мәселелері жөніндегі уәкілетті орган айқындайтын тәртіппен облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарына жібереді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z116" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        55) еңбекші көшіп келушіге рұқсаттар береді, оларды ұзартады және кері қайтарып алады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z117" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       56) жұмыс беруші мен еңбекші көшіп келуші арасындағы еңбек шарттарын тіркеуді жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z118" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Бөлімнің бірінші басшысының дәрежесі, өкілеттілігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z119" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Бөлімді басқаруды бірінші басшы жүзеге асырады, ол:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z120" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лауазымдық мiндеттерiн орындамағаны не тиiсiнше орындамағаны және өздерiнiң лауазымдық өкiлеттiктерiн асыра пайдаланғаны үшiн;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z121" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сыбайлас жемқорлыққа қарсы іс-қимыл бойынша шаралар қабылдамағаны үшін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z122" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лауазымдарын атқаратын мемлекеттік қызметшілер өздеріне тікелей бағынысты мемлекеттік қызметшілердің сыбайлас жемқорлық қылмыстар жасағаны үшін мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z123" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бағынысты адам жасаған сыбайлас жемқорлық қылмыс пен сыбайлас жемқорлық құқық бұзушылықтар жасаудың алдын алу жөніндегі лауазымдық міндеттерді орындамаудағы немесе тиісінше орындамаудағы кінә арасындағы байланыс анықталған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z124" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бағынысты адамға қатысты сыбайлас жемқорлық қылмысы үшін қылмыстық жауаптылыққа тарту туралы заңды күшіне енген сот актісінің болуы не сыбайлас жемқорлық қылмыс жасағаны үшін Қазақстан Республикасы Қылмыстық-процестік кодексінің 35-бабы бірінші бөлігінің 3), 4), 9), 10), 11) және 12) тармақтары немесе 36-бабы негізінде қылмыстық қудалау органы немесе сот қылмыстық істі тоқтатқан жағдайлардың жиынтығы кезінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z125" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бөлімге жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z126" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Бөлімнің басшысы "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасының Заңына сәйкес Мамлют ауданы әкімінің өкімімен жұмысқа қабылданады және жұмыстан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z127" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Бөлім басшысында орынбасары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z128" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Бөлім басшысының өкілеттілігі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z129" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Бөлімнің Ережесін, оған енгізілетін өзгерістер мен толықтыруларды аудан әкімдігінің бекітуіне ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z130" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Бөлімнің жұмысын ұйымдастырады, оның қызметіне басшылық жасайды, Бөлімге жүктелген міндеттердің орындалуына және оның қызметтерін жүзеге асыруға дербес жауапты болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z131" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Бөлім қызметкерлерінің міндеттерін айқындайды және жауапкершілік дәрежесін белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z132" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Бөлім қызметкерлерін Қазақстан Республикасының Еңбек кодексіне, "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасының Заңына сәйкес лауазымға тағайындайды және лауазымынан босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z133" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) еңбек заңнамасына, "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасының Заңына сәйкес Бөлім қызметкерлерін сыйақыландыру, заттық көмек көрсету және тәртіптік жаза белгілеу мәселелерін шешеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z134" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) өз құзыретінің шегінде бұйрықтар, бөлімнің қызметшілеріне орындауға міндетті нұсқаулар шығарады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z135" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) мемлекеттік органдарда, басқа да ұйымдарда Бөлімнің мүддесін білдіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z136" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) ерлер мен әйелдердің әр түрлі құқықтары және мүмкіндіктерінің мемлекеттік кепілдемесі туралы заңнаманы сақтауды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z137" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Бөлім қызметкерлерімен сыбайлас жемқорлық заңнамасын сақтауға дербес жауапкершілікті алып жүреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z138" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) Бюджет кодексіне, еңбек, мемлекеттік қызмет, жергілікті мемлекеттік басқару және өзін-өзі басқару туралы заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z139" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Бөлім басшысы болмаған кезеңінде оның өкiлеттiктерiн орындауды еңбек, мемлекеттiк қызмет туралы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z140" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Бөлімнің мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z141" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Мемлекеттік мүлік туралы заңнамада көзделген жағдайларда Бөлімнің жедел басқару құқығында оқшаланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z142" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Бөлімнің мүлкі оған меншік иесі берген мүлік, сондай ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және мемлекеттік мүлік туралы заңнамада тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z143" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Бөлімге бекітілген мүлік ауданның коммуналдық меншігіне жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z144" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Егер мемлекеттік мүлік туралы заңнамада өзгеше көзделмесе бөлім өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне белгіленген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z145" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Бөлімді қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z146" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Бөлімді қайта ұйымдастыру (бірлестіру, қосу, бөлу, қайта құру) және тарату (жабу) Қазақстан Республикасының Азаматтық кодексіне, Қазақстан Республикасының Еңбек кодексіне, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңына, "Заңды тұлғаларды мемлекеттік тіркеу және филиалдар мен өкілдіктерді есептік тіркеу туралы" Қазақстан Республикасының Заңына, "Қазақстан Республикасының мемлекеттік қызметі туралы" Қазақстан Республикасының Заңына, "Мемлекеттік мүлік туралы" Қазақстан Республикасының Заңына, сондай-ақ осы Ережеге сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z147" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3761,35 +3458,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>