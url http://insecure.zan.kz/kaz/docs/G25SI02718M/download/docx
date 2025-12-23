--- v0 (2025-10-14)
+++ v1 (2025-12-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="794e984" w14:textId="794e984">
+    <w:p w14:paraId="ba46289" w14:textId="ba46289">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -236,851 +236,931 @@
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. 2025-2027 жылдарға арналған Мағжан Жұмабаев ауданы Успенка ауылдық округінің бюджеті тиісінше осы шешімге 1, 2 және 3-қосымшаларға сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 52 663,4 мың теңге:</w:t>
+      1) кірістер – 52 850,8 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 6 213,0 мың теңге;</w:t>
+      салықтық түсімдер – 6 496,8 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 139,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 53 748,5 мың теңге;</w:t>
+      трансферттер түсімі – 46 215,0 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шығындар – 53 935,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0,0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -1 085,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті);</w:t>
+      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) – -1 085,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 1 085,1 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      бюджет қаражатының пайдаланылатын қалдықтары – 1 085,1 мың теңге. </w:t>
+        <w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 1 085,1 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Ескерту. 1-тармақ жаңа редакцияда – Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданы мәслихатының 16.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 23.09.2025 № 31-22 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған ауылдық округ бюджетінің кірістері Қазақстан Республикасының Бюджет кодексіне сәйкес мынадай салық түсімдері есебінен қалыптастырылатыны белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Успенка ауылдық округінің аумағында мемлекеттік кіріс органдарында тіркеу есебіне қою кезінде мәлімделген:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дара кәсіпкер, жекеше нотариус, жеке сот орындаушысы, адвокат, кәсіпқой медиатор үшін – тұрған жері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалған жеке тұлғалар үшін – тұрғылықты жері орналасқан жеке тұлғалар дербес салық салуға жататын кірістер бойынша жеке табыс салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Успенка ауылдық округінің аумағындағы осы салықты салу объектілері бойынша жеке тұлғалардың мүлкіне салынатын салық;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Успенка ауылдық округінің аумағындағы жер учаскелері бойынша жеке және заңды тұлғалардан алынатын, елдi мекендер жерлерiне салынатын жер салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мыналардан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрғылықты жері Успенка ауылдық округінің аумағындағы жеке тұлғалардан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өздерінің құрылтай құжаттарында көрсетілетін тұрған жері Успенка ауылдық округінің аумағында орналасқан заңды тұлғалардан алынатын көлік құралдары салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бірыңғай жер салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жер учаскелерін пайдаланғаны үшін төлемақы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ауылдық округ бюджетінің кірістері мынадай салық емес түсімдері есебінен қалыптастырылатыны белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ауылдық округінің коммуналдық меншігінен (жергілікті өзін-өзі басқарудың коммуналдық меншігінен) түсетін кірістер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық меншігінің (жергілікті өзін-өзі басқарудың коммуналдық меншігінің) мүлкін жалға беруден түсетін кірістер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған ауылдық округ бюджетінде аудандық бюджеттен округ бюджетіне берілетін субвенция көлемі 19 700,0 мың теңге сомасында көзделгендігі ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған Успенка ауылдық округінің бюджетінде азаматтық қызметшілердің жекелеген санаттарының, мемлекеттік бюджет қаражаты есебінен ұсталатын ұйымдар қызметкерлерінің, қазыналық кәсіпорындар қызметкерлерінің жалақысын арттыруға республикалық бюджеттен нысаналы трансферттер түсімі ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 2025 жылға арналған Успенка ауылдық округінің бюджетінде аудан бюджетінен ағымдағы трансферттердің түсімдері ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ауылдық округтің елді мекендерінің көше жарығын ағымдағы жөндеуге және ұстауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ауылдық округтің елді мекендерін абаттандыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ауылдық округтің елді мекендерінің автомобиль жолдарының жұмыс істеуін қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ауылдық округтің елді мекендерін сумен жабдықтауды ұйымдастыруға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Успенка ауылдық округінің бюджетінде 2025 жылғы 1 қаңтардағы жағдай бойынша қалыптасқан бюджеттік қаражаттардың бос қалдықтары есебінен 4-қосымшаға сәйкес шығыстар ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданы мәслихатының 2024 жылғы 30 желтоқсандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1095,71 +1175,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "2025-2027 жылдарға арналған Мағжан Жұмабаев ауданы Успенка ауылдық округінің бюджетін бекіту туралы", Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданы мәслихатының 2025 жылғы 28 ақпандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 25-19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданы мәслихатының 2024 жылғы 30 желтоқсандағы № 23-17 "2025-2027 жылдарға арналған Мағжан Жұмабаев ауданы Успенка ауылдық округінің бюджетін бекіту туралы" шешіміне өзгерістер мен толықтырулар енгізу туралы" шешімдерінің күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1597,65 +1677,13343 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z55" w:id="45"/>
+    <w:bookmarkStart w:name="z55" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мағжан Жұмабаев ауданы Успенка ауылдық округінің 2025 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда – Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданы мәслихатының 16.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-19</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 23.09.2025 № 31-22 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Кіші сыныбы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52 850,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 496,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+328,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+328,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 161,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+132,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 836,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 193,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+139,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+139,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+139,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер түсімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 215,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 215,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық (облыстық маңызы бар қаланың) бюджеттен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 215,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53 935,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 620,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 620,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 620,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28 120,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 345,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+116,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+116,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+116,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 228,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 228,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 630,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 598,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 282,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 282,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 282,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмыстарын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 282,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 687,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 687,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 687,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, кент, ауыл, ауылдық округтердегі автомобиль жолдарының қызмет етуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 687,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1 085,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1 085,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 085,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Кіші сыныбы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 085,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 085,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 085,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Солтүстік Қазақстан облысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мағжан Жұмабаев ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мәслихатының 2025 жылғы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12 мамырдағы № 27-18 шешіміне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z61" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мағжан Жұмабаев ауданы Успенка ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -2180,51 +15538,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52 663,4</w:t>
+53 792,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2358,51 +15716,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 213,0</w:t>
+6 555,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2536,51 +15894,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-328,0</w:t>
+346,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2714,51 +16072,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-328,0</w:t>
+346,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2892,51 +16250,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 878,0</w:t>
+6 201,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3070,51 +16428,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-132,0</w:t>
+139,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3248,51 +16606,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 553,0</w:t>
+1 638,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3426,51 +16784,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 193,0</w:t>
+4 424,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3604,51 +16962,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7,0</w:t>
+8,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3782,51 +17140,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7,0</w:t>
+8,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3960,51 +17318,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139,0</w:t>
+147,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4138,51 +17496,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139,0</w:t>
+147,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4316,51 +17674,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139,0</w:t>
+147,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4672,51 +18030,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 311,4</w:t>
+47 090,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4850,51 +18208,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 311,4</w:t>
+47 090,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5028,51 +18386,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 311,4</w:t>
+47 090,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5756,51 +19114,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 748,5</w:t>
+53 792,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5965,51 +19323,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 469,3</w:t>
+28 437,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6174,51 +19532,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 469,3</w:t>
+28 437,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6383,51 +19741,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 469,3</w:t>
+28 437,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6592,469 +19950,469 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27 869,3</w:t>
+28 437,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-600,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 645,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-5 561,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 645,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7074,196 +20432,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-210,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 645,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7315,164 +20673,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-210,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 957,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7565,332 +20923,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-014</w:t>
-[...71 lines deleted...]
-210,0</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 688,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-5 351,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 655,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7910,196 +21268,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-5 351,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 655,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8151,164 +21509,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-3 751,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 655,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8401,123 +21759,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-1 600,0</w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмыстарын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 655,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8682,51 +22040,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 754,0</w:t>
+1 055,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8891,51 +22249,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 754,0</w:t>
+1 055,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9100,51 +22458,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 754,0</w:t>
+1 055,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9309,260 +22667,256 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 754,0</w:t>
+1 055,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-1 964,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9582,196 +22936,192 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1 964,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9823,164 +23173,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1 964,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10064,341 +23410,333 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-1 964,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-0,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10418,196 +23756,192 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10659,164 +23993,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10900,132 +24230,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-0,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11150,51 +24476,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Таза бюджеттік кредиттеу</w:t>
+Қарыздар түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11355,1317 +24681,847 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...195 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Кіші сыныбы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
--1 085,1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...161 lines deleted...]
-1 085,1</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12749,1302 +25605,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...40 lines deleted...]
-Қарыздар түсімі</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
-            </w:r>
-[...1172 lines deleted...]
-1 085,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14343,71 +26029,71 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z61" w:id="46"/>
+    <w:bookmarkStart w:name="z67" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мағжан Жұмабаев ауданы Успенка ауылдық округінің 2026 жылға арналған бюджеті</w:t>
+        <w:t xml:space="preserve"> Мағжан Жұмабаев ауданы Успенка ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -14932,51 +26618,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 792,0</w:t>
+56 482,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15110,51 +26796,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 555,0</w:t>
+6 883,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15288,51 +26974,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-346,0</w:t>
+363,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15466,51 +27152,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-346,0</w:t>
+363,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15644,51 +27330,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 201,0</w:t>
+6 511,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15822,51 +27508,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-139,0</w:t>
+146,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16000,51 +27686,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 638,0</w:t>
+1 720,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16178,51 +27864,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 424,0</w:t>
+4 645,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16356,51 +28042,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8,0</w:t>
+9,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16534,51 +28220,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8,0</w:t>
+9,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16712,51 +28398,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-147,0</w:t>
+154,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16890,51 +28576,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-147,0</w:t>
+154,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17068,51 +28754,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-147,0</w:t>
+154,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17424,51 +29110,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 090,0</w:t>
+49 445,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17602,51 +29288,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 090,0</w:t>
+49 445,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17780,51 +29466,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 090,0</w:t>
+49 445,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -18508,51 +30194,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 792,0</w:t>
+56 482,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18717,51 +30403,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 437,0</w:t>
+29 860,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18926,51 +30612,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 437,0</w:t>
+29 860,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19135,51 +30821,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 437,0</w:t>
+29 860,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19344,51 +31030,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 437,0</w:t>
+29 860,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19553,51 +31239,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 645,0</w:t>
+5 927,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19762,51 +31448,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 645,0</w:t>
+5 927,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19971,51 +31657,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 645,0</w:t>
+5 927,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20180,51 +31866,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 957,0</w:t>
+4 155,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20389,51 +32075,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 688,0</w:t>
+1 772,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20598,51 +32284,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 655,0</w:t>
+19 587,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20807,51 +32493,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 655,0</w:t>
+19 587,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21016,51 +32702,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 655,0</w:t>
+19 587,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21225,51 +32911,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 655,0</w:t>
+19 587,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21434,51 +33120,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 055,0</w:t>
+1 108,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21643,51 +33329,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 055,0</w:t>
+1 108,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21852,51 +33538,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 055,0</w:t>
+1 108,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22061,51 +33747,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 055,0</w:t>
+1 108,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25423,11154 +37109,74 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z67" w:id="47"/>
-[...11079 lines deleted...]
-    <w:bookmarkStart w:name="z73" w:id="48"/>
+    <w:bookmarkStart w:name="z73" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Успенка ауылдық округі бюджетінің 2025 жылғы 1 қаңтарға қалыптасқан бюджет қаражатының бос қалдықтары және 2024 жылы пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді аудандық бюджеттен қайтару есебінен шығыстары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -40938,55 +41544,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -41312,31 +41918,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>