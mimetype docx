--- v1 (2025-12-23)
+++ v2 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ba46289" w14:textId="ba46289">
+    <w:p w14:paraId="6ba0423" w14:textId="6ba0423">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -41544,55 +41544,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>