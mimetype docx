--- v0 (2025-11-09)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dd5b821" w14:textId="dd5b821">
+    <w:p w14:paraId="62e3156" w14:textId="62e3156">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,51 +252,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. 2025-2027 жылдарға арналған Мағжан Жұмабаев ауданы Полудин ауылдық округінің бюджеті тиісінше осы шешімге 1, 2 және 3-қосымшаларға сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 86 694,7 мың теңге:</w:t>
+      1) кірістер – 82 667,8 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 8 793,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
@@ -331,72 +331,72 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 1 825,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      трансферттер түсімі – 76 076,7 мың теңге; </w:t>
+        <w:t>
+      трансферттер түсімі – 72 049,8 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 87 964,3 мың теңге;</w:t>
+      2) шығындар – 83 937,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
@@ -492,91 +492,91 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -1 269,6 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -1 269,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) -1 269,6 мың теңге;</w:t>
+      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) – -1 269,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 1 269,6 мың теңге:</w:t>
+      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 1 269,6 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
@@ -591,99 +591,119 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      бюджет қаражатының пайдаланылатын қалдықтары – 1 269,6 мың теңге. </w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 1 269,6 мың теңге. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданы мәслихатының 16.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 28-16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 23.09.2025 № 31-21 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1116,50 +1136,130 @@
         <w:t>
       4) материалдық-техникалық базаны нығайтуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ауылдық округтің елді мекендерінің автомобиль жолдарының жұмыс істеуін қамтамасыз етуге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ауылдық округтің елді мекендерін сумен жабдықтауды ұйымдастыруға.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармаққа өзгеріс енгізілді - Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданы мәслихатының 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Полудин ауылдық округінің бюджетінде 2025 жылғы 1 қаңтардағы жағдай бойынша қалыптасқан бюджеттік қаражаттардың бос қалдықтары есебінен 4-қосымшаға сәйкес шығыстар ескерілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z49" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1750,51 +1850,71 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда – Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданы мәслихатының 16.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 28-16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 23.09.2025 № 31-21 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
@@ -2318,51 +2438,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-86 694,7</w:t>
+82 667,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4810,51 +4930,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 800,0</w:t>
+1 800,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5166,51 +5286,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-76 076,7</w:t>
+72 049,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5344,51 +5464,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-76 076,7</w:t>
+72 049,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5522,51 +5642,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-76 076,7</w:t>
+72 049,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6250,51 +6370,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87 964,3</w:t>
+83 937,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7086,51 +7206,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38 097,0</w:t>
+38 097,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7504,51 +7624,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 652,6</w:t>
+11 889,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7577,187 +7697,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...135 lines deleted...]
-11 652,6</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7922,51 +8042,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 652,6</w:t>
+2 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8059,123 +8179,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-2 902,6</w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8195,196 +8315,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-6 800,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 889,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8436,373 +8556,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-1 950,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 889,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-21 940,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 902,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8822,196 +8942,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-21 940,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 177,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9063,337 +9183,337 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-21 940,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 809,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Жергілікті деңгейде мәдени-демалыс жұмыстарын қолдау</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9417,228 +9537,228 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-15 500,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 940,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9658,196 +9778,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-15 500,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 940,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9899,195 +10019,822 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-15 500,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмыстарын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 940,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 236,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 236,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 236,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -10221,51 +10968,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 500,0</w:t>
+11 236,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -40321,55 +41068,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>