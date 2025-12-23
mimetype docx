--- v0 (2025-10-14)
+++ v1 (2025-12-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0b197ad" w14:textId="0b197ad">
+    <w:p w14:paraId="c87ce2a" w14:textId="c87ce2a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -236,931 +236,1125 @@
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. 2025-2027 жылдарға арналған Мағжан Жұмабаев ауданы Ноғайбай би ауылдық округінің бюджеті тиісінше осы шешімге 1, 2 және 3-қосымшаларға сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 488 561,3 мың теңге:</w:t>
+      1) кірістер – 471 563,4 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 13 343,0 мың теңге;</w:t>
+      салықтық түсімдер – 15 181,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 420,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      трансферттер түсімі – 474 798,3 мың теңге; </w:t>
+      трансферттер түсімі – 455 961,8 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 489 521,9 мың теңге;</w:t>
+      2) шығындар – 472 524,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0,0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – -960,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті);</w:t>
+      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) – -960,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 960,6 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       бюджет қаражатының пайдаланылатын қалдықтары – 960,6 мың теңге. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданы мәслихатының 16.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 23.09.2025 № 31-20 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған ауылдық округ бюджетінің кірістері Қазақстан Республикасының Бюджет кодексіне сәйкес мынадай салық түсімдері есебінен қалыптастырылатыны белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Ноғайбай би ауылдық округінің аумағында мемлекеттік кіріс органдарында тіркеу есебіне қою кезінде мәлімделген:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дара кәсіпкер, жекеше нотариус, жеке сот орындаушысы, адвокат, кәсіпқой медиатор үшін – тұрған жері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалған жеке тұлғалар үшін – тұрғылықты жері орналасқан жеке тұлғалар дербес салық салуға жататын кірістер бойынша жеке табыс салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Ноғайбай би ауылдық округінің аумағындағы осы салықты салу объектілері бойынша жеке тұлғалардың мүлкіне салынатын салық;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Ноғайбай би ауылдық округінің аумағындағы жер учаскелері бойынша жеке және заңды тұлғалардан алынатын, елдi мекендер жерлерiне салынатын жер салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мыналардан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрғылықты жері Ноғайбай би ауылдық округінің аумағындағы жеке тұлғалардан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өздерінің құрылтай құжаттарында көрсетілетін тұрған жері Ноғайбай би ауылдық округінің аумағында орналасқан заңды тұлғалардан алынатын көлік құралдары салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бірыңғай жер салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жер учаскелерін пайдаланғаны үшін төлемақы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ауылдық округ бюджетінің кірістері мынадай негізгі капиталды сатудан түсетін түсімдер есебінен қалыптастырылатыны белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ауылдық округ бюджетінен қаржыландырылатын мемлекеттік мекемелерге бекітіліп берілген мүлікті сатудан түсетін түсімдер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ауыл шаруашылығы мақсатындағы жер учаскелерін сатудан түсетін түсімдерді қоспағанда, жер учаскелерін сатудан түсетін түсімдер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жер учаскелерін жалдау құқығын сатқаны үшін төлемақы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған ауылдық округ бюджетінде аудандық бюджеттен округ бюджетіне берілетін субвенция көлемі 306 550,0 мың теңге сомасында көзделгендігі ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған Ноғайбай би ауылдық округінің бюджетінде азаматтық қызметшілердің жекелеген санаттарының, мемлекеттік бюджет қаражаты есебінен ұсталатын ұйымдар қызметкерлерінің, қазыналық кәсіпорындар қызметкерлерінің жалақысын арттыруға республикалық бюджеттен нысаналы трансферттер түсімі ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Ноғайбай би ауылдық округінің 2025 жылға арналған бюджетінде Қарағанды ауылындағы Рабочая, Рижская, Ленин көшелерін; Ноғайбай би ауылдық округінің Надежка ауылындағы Мир, Калинин, Ново-Лесная көшелерін орташа жөндеуге облыстық бюджеттен трансферттер түсімі ескерілсін.</w:t>
+      6. Ноғайбай би ауылдық округінің 2025 жылға арналған бюджетінде облыстық бюджеттен трансферттер түсімі ескерілсін, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) Ноғайбай би ауылдық округінің Қарағанды ауылындағы Рабочая, Рижская, Ленин көшелерін; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Надежка ауылындағы Мир, Калинин, Ново-Лесная көшелерін орташа жөндеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Ноғайбай би ауылдық округінің Ноғайбай ауылында балалар ойын алаңын орнатуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Ноғайбай би ауылдық округінің Надежка ауылында металл қоршау дайындауға және орнатуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 6-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданы мәслихатының 23.09.2025 № 31-20 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. 2025 жылға арналған Ноғайбай би ауылдық округінің бюджетінде аудан бюджетінен ағымдағы трансферттердің түсімдері ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ауылдық округтің елді мекендерінің көше жарығын ағымдағы жөндеуге және ұстауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ауылдық округтің елді мекендерінің санитариясын қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ауылдық округтің елді мекендерін абаттандыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) материалдық-техникалық базаны нығайтуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ауылдық округтің елді мекендерінің автомобиль жолдарының жұмыс істеуін қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ауылдық округтің елді мекендерін сумен жабдықтауды ұйымдастыруға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Ноғайбай би ауылдық округінің бюджетінде 2025 жылғы 1 қаңтардағы жағдай бойынша қалыптасқан бюджеттік қаражаттардың бос қалдықтары есебінен 4-қосымшаға сәйкес шығыстар ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданы мәслихатының 2024 жылғы 30 желтоқсандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1175,71 +1369,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "2025-2027 жылдарға арналған Мағжан Жұмабаев ауданы Ноғайбай би ауылдық округінің бюджетін бекіту туралы", Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданы мәслихатының 2025 жылғы 28 ақпандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 25-15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданы мәслихатының 2024 жылғы 30 желтоқсандағы № 23-13 "2025-2027 жылдарға арналған Мағжан Жұмабаев ауданы Ноғайбай би ауылдық округінің бюджетін бекіту туралы" шешіміне өзгерістер мен толықтырулар енгізу туралы" шешімдерінің күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z52" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1677,65 +1871,14953 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z59" w:id="49"/>
+    <w:bookmarkStart w:name="z59" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мағжан Жұмабаев ауданы Ноғайбай би ауылдық округінің 2025 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда – Солтүстік Қазақстан облысы Мағжан Жұмабаев ауданы мәслихатының 16.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 28-15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 18.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 30-15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 23.09.2025 № 31-20 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Кіші сыныбы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+471 563,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 181,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 600,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 600,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 544,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлікке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+255,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 269,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 037,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 037,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+420,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жердi және материалдық емес активтердi сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+420,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер түсімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+455 961,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+455 961,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық (облыстық маңызы бар қаланың) бюджеттен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+455 961,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+472 524,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 894,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 894,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 894,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 534,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+360,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55 564,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 002,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 002,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 002,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53 562,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53 562,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 276,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 500,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42 786,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 447,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 447,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 447,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмыстарын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 447,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 617,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 617,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 617,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, кент, ауыл, ауылдық округтердегі автомобиль жолдарының қызмет етуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, кент, ауыл, ауылдық округтердегі автомобиль жолдарын орташа және күрделі жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+617,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+270 000,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+270 000,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+270 000,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+051</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңнаманы өзгертуге байланысты жоғары тұрған бюджеттің шығындарын өтеуге төменгі тұрған бюджеттен ағымдағы нысаналы трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+270 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-960,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-960,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+960,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Кіші сыныбы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+960,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+960,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+960,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Солтүстік Қазақстан облысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мағжан Жұмабаев ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мәслихатының 2025 жылғы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12 мамырдағы № 27-14 шешіміне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z65" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мағжан Жұмабаев ауданы Ноғайбай би ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -2260,51 +17342,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-488 561,3</w:t>
+109 326,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2438,51 +17520,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 343,0</w:t>
+14 077,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2616,51 +17698,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 600,0</w:t>
+4 853,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2794,51 +17876,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 600,0</w:t>
+4 853,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2972,51 +18054,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 685,0</w:t>
+9 163,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3150,51 +18232,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-275,0</w:t>
+290,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3328,51 +18410,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 410,0</w:t>
+4 653,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3506,51 +18588,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 000,0</w:t>
+4 220,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3684,51 +18766,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58,0</w:t>
+61,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3862,51 +18944,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58,0</w:t>
+61,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4218,51 +19300,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-420,0</w:t>
+443,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4396,51 +19478,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-420,0</w:t>
+443,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4574,51 +19656,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-400,0</w:t>
+422,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4752,51 +19834,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20,0</w:t>
+21,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4930,51 +20012,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-474 798,3</w:t>
+94 806,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5108,51 +20190,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-474 798,3</w:t>
+94 806,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5286,51 +20368,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-474 798,3</w:t>
+94 806,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6014,51 +21096,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-489 521,9</w:t>
+109 326,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6223,51 +21305,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 974,3</w:t>
+48 325,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6432,51 +21514,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 974,3</w:t>
+48 325,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6641,51 +21723,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 974,3</w:t>
+48 325,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6850,469 +21932,469 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 534,3</w:t>
+48 325,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-440,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 163,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-13 100,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 163,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7332,196 +22414,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-13 100,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 163,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7573,164 +22655,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-13 100,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 043,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7823,123 +22905,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-9 000,0</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 512,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8032,541 +23114,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-2 500,0</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 608,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-1 600,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 838,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-47 447,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 838,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8586,196 +23668,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-47 447,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 838,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8827,164 +23909,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-47 447,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмыстарын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 838,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9068,341 +24150,333 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-47 447,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-12 000,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9422,196 +24496,192 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-12 000,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9663,164 +24733,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-12 000,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9904,132 +24970,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-2 000,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10113,341 +25175,333 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-10 000,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-100 000,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10467,196 +25521,192 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-100 000,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10708,164 +25758,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-100 000,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10949,1346 +25995,852 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-100 000,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-270 000,6</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...199 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Кіші сыныбы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-270 000,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...125 lines deleted...]
-Таза бюджеттік кредиттеу</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12408,2737 +26960,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...40 lines deleted...]
-Бюджеттік кредиттер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
-            </w:r>
-[...2607 lines deleted...]
-960,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -15437,71 +27384,71 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-қосымша</w:t>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z65" w:id="50"/>
+    <w:bookmarkStart w:name="z71" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мағжан Жұмабаев ауданы Ноғайбай би ауылдық округінің 2026 жылға арналған бюджеті</w:t>
+        <w:t xml:space="preserve"> Мағжан Жұмабаев ауданы Ноғайбай би ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -16026,51 +27973,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-109 326,0</w:t>
+114 796,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16204,51 +28151,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 077,0</w:t>
+14 781,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16382,51 +28329,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 853,0</w:t>
+5 095,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16560,51 +28507,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 853,0</w:t>
+5 095,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16738,51 +28685,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 163,0</w:t>
+9 621,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16916,51 +28863,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-290,0</w:t>
+305,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17094,51 +29041,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 653,0</w:t>
+4 885,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17272,51 +29219,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 220,0</w:t>
+4 431,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17450,51 +29397,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61,0</w:t>
+65,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17628,51 +29575,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61,0</w:t>
+65,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17984,51 +29931,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-443,0</w:t>
+467,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18162,51 +30109,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-443,0</w:t>
+467,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18340,51 +30287,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-422,0</w:t>
+445,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18518,51 +30465,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21,0</w:t>
+22,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18696,51 +30643,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94 806,0</w:t>
+99 548,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18874,51 +30821,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94 806,0</w:t>
+99 548,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19052,51 +30999,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94 806,0</w:t>
+99 548,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -19780,51 +31727,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-109 326,0</w:t>
+114 796,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19989,51 +31936,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 325,0</w:t>
+50 745,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20198,51 +32145,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 325,0</w:t>
+50 745,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20407,51 +32354,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 325,0</w:t>
+50 745,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20616,51 +32563,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 325,0</w:t>
+50 745,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -20825,51 +32772,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 163,0</w:t>
+13 821,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21034,51 +32981,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 163,0</w:t>
+13 821,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21243,51 +33190,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 163,0</w:t>
+13 821,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21452,51 +33399,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 043,0</w:t>
+9 495,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21661,51 +33608,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 512,0</w:t>
+2 638,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -21870,51 +33817,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 608,0</w:t>
+1 688,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22079,51 +34026,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 838,0</w:t>
+50 230,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22288,51 +34235,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 838,0</w:t>
+50 230,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22497,51 +34444,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 838,0</w:t>
+50 230,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -22706,51 +34653,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47 838,0</w:t>
+50 230,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -26068,10705 +38015,74 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z71" w:id="51"/>
-[...10630 lines deleted...]
-    <w:bookmarkStart w:name="z77" w:id="52"/>
+    <w:bookmarkStart w:name="z77" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ноғайбай би ауылдық округі бюджетінің 2025 жылғы 1 қаңтарға қалыптасқан бюджет қаражатының бос қалдықтары және 2024 жылы пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді аудандық бюджеттен қайтару есебінен шығыстары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -40298,55 +41614,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -40672,31 +41988,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>