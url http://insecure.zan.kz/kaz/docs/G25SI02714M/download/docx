--- v1 (2025-12-23)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c87ce2a" w14:textId="c87ce2a">
+    <w:p w14:paraId="be3b994" w14:textId="be3b994">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -41614,55 +41614,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>