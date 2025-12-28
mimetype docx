--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4a96377" w14:textId="4a96377">
+    <w:p w14:paraId="d92cfb3" w14:textId="d92cfb3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -232,974 +232,1014 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. 2025-2027 жылдарға арналған Қызылжар ауданының Якорь ауылдық округінің бюджеті осы шешімге тиісінше 1, 2 және 3-қосымшаларға сәйкес, соның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 84 957 мың теңге:</w:t>
+      1) кірістер – 83 541,5 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 24 410 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 60 547 мың теңге;</w:t>
+      трансферттер түсімдері – 59 131,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 84 957 мың теңге;</w:t>
+      2) шығындар – 85 427,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржылық активтермен жасалатын операциялар бойынша сальдо – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржылық активтерді сатып алу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржылық активтерін сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – 0 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -1 886 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) – 0 мың теңге;</w:t>
+      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) – -1 886 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 0 мың теңге:</w:t>
+      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 1 886 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 0 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 1 886 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Қызылжар ауданы мәслихатының 26.09.2025 № 25/25 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған Якорь ауылдық округінің бюджеттің кірістері Қазақстан Республикасының Бюджет кодексіне сәйкес мына салықтық түсімдер есебінен қалыптастырылатыны белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік кіріс органында тіркеу есебіне қою кезінде мәлімделген ауылдың аумағында жеке тұлғалар дербес салық салуға жататын кірістер бойынша жеке табыс салығынан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке кәсіпкер, жекеше нотариус, жеке сот орындаушысы, адвокат, кәсіпқой медиатор үшін – тұрған жері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалған жеке тұлғалар үшін – тұрғылықты жері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ауылдың, ауылдық округтің аумағындағы осы салықты салу объектілері бойынша жеке тұлғалардың мүлкіне салынатын салық;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ауыл аумағындағы жер учаскелері бойынша жеке және заңды тұлғалардан алынатын, елдi мекен жерлерiне салынатын жер салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-1) бірыңғай жер салығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мына көлік құралдары салығынан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрғылықты жері ауыл аумағындағы жеке тұлғалардан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өздерінің құрылтай құжаттарында көрсетілетін тұрған жері ауыл аумағында орналасқан заңды тұлғалардан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-1) жер учаскелерін пайдаланғаны үшін төлемақы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) сыртқы (көрнекі) жарнаманы орналастыру үшін төлемдерге: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдағы үй-жайлардың шегінен тыс ашық кеңістікте орналастырғаны үшін төлемақыдан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Якорь ауылдық округінің бюджеттің кірістері мына салықтық емес түсімдер есебінен қалыптастырылатыны белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ауылдық округтердің әкімдері әкімшілік құқық бұзушылықтар үшін салынатын айыппұлдар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жеке және заңды тұлғалардың ерікті түрдегі алымдарынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ауылдың, ауылдық округтің коммуналдық меншігінен (жергілікті өзін-өзі басқарудың коммуналдық меншігінен) түсетін кірістер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдың, ауылдық округтің коммуналдық меншік (жергілікті өзін-өзі басқарудың коммуналдық меншігінен) мүлігін жалға беруден түсетін кірістер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ауылдық округ бюджетіне түсетін басқа да салықтық емес түсімдер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Ауылдық округі бюджетінің кірістері ауылдық округ бюджетінен қаржыландырылатын мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сатудан түсетін ақша негізгі капиталды сатудан түсетін түсімдер болып белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Аудандық бюджеттен ауылдық округ бюджетіне берілетін 42 718 мың теңге жалпы сомадағы субвенциялар көлемі 2025 жылға ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Республикалық бюджеттен 2025 жылға нысаналы трансферттер Якорь ауылдық округінің бюджетінде ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аталған нысаналы трансферттерді республикалық бюджеттен бөлу Якорь ауылдық округі әкімінің "2025-2027 жылдарға арналған Якорь ауылдық округінің бюджетін бекіту туралы" Солтүстік Қазақстан облысы Қызылжар аудандық мәслихатының шешімін іске асыру туралы" шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Аудандық бюджеттен 2025 жылға нысаналы трансферттер Якорь ауылдық округінің бюджетінде ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аталған нысаналы трансферттерді аудандық бюджеттен бөлу Якорь ауылдық округі әкімінің "2025-2027 жылдарға арналған Якорь ауылдық округінің бюджетін бекіту туралы" Солтүстік Қазақстан облысы Қызылжар аудандық мәслихатының шешімін іске асыру туралы" шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Солтүстік Қазақстан облысы Қызылжар аудандық мәслихатының мынадай шешімінің күші жойылды деп танылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "2025-2027 жылдарға арналған Қызылжар ауданының Якорь ауылдық округінің бюджетін бекіту туралы" Солтүстік Қазақстан облысы Қызылжар аудандық мәслихатының 2024 жылғы 27 желтоқсандағы № 19/24 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z52" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1572,187 +1612,206 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="49"/>
+    <w:bookmarkStart w:name="z58" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Қызылжар ауданының Якорь ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Қызылжар ауданы мәслихатының 26.09.2025 № 25/25 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="585"/>
-[...19 lines deleted...]
-        <w:gridCol w:w="586"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="615"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z59" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="49"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1823,51 +1882,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1897,51 +1956,51 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2012,51 +2071,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2078,51 +2137,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2178,62 +2237,62 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-84 957</w:t>
+83 541,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2259,51 +2318,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2370,51 +2429,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24 410</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2440,51 +2499,51 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2551,51 +2610,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10 756</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2617,51 +2676,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2732,51 +2791,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10 756</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2802,51 +2861,51 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2913,51 +2972,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13 654</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2979,51 +3038,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3094,51 +3153,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 248</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3160,51 +3219,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3275,51 +3334,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 953</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3341,51 +3400,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3456,51 +3515,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11 711</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3522,51 +3581,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3637,51 +3696,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 742</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3707,51 +3766,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3818,51 +3877,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3888,51 +3947,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3999,51 +4058,51 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4069,51 +4128,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4169,62 +4228,62 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60 547</w:t>
+59 131,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4250,51 +4309,51 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4350,62 +4409,62 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60 547</w:t>
+59 131,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4427,51 +4486,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4531,211 +4590,211 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60 547</w:t>
+59 131,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалардың әкімшісі</w:t>
-[...35 lines deleted...]
-              <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4770,162 +4829,162 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...35 lines deleted...]
-              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4956,336 +5015,336 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-84 957</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+85 427,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5316,158 +5375,158 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...48 lines deleted...]
-            <w:gridSpan w:val="6"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5498,158 +5557,158 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...31 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5684,154 +5743,154 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5862,158 +5921,158 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...48 lines deleted...]
-            <w:gridSpan w:val="6"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6044,158 +6103,158 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...31 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6230,154 +6289,154 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6408,158 +6467,158 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...48 lines deleted...]
-            <w:gridSpan w:val="6"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6590,158 +6649,158 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...31 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 006</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6776,878 +6835,878 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-21 720</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22 190,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...48 lines deleted...]
-            <w:gridSpan w:val="6"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-21 720</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22 190,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...31 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-20 000</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21 086</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...31 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 045</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-1 720</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 104,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7678,154 +7737,154 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7859,162 +7918,162 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сыныбы</w:t>
-[...35 lines deleted...]
-              <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="586" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8048,162 +8107,162 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...35 lines deleted...]
-              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="586" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8237,154 +8296,154 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="586" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8414,154 +8473,154 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржылық активтермен жасалатын операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="586" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8591,154 +8650,154 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржылық активтерді сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="586" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8772,154 +8831,154 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржылық активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="586" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8949,768 +9008,768 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="586" w:type="dxa"/>
-[...29 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1 886</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="586" w:type="dxa"/>
-[...29 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1 886</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="586" w:type="dxa"/>
-[...29 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 886</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="586" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9740,167 +9799,166 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9930,167 +9988,166 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10112,167 +10169,166 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="615" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10302,167 +10358,167 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...35 lines deleted...]
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10492,167 +10548,167 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
-            <w:tcBorders>
-[...35 lines deleted...]
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10674,163 +10730,163 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
-[...36 lines deleted...]
-0</w:t>
+1 886</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10856,163 +10912,163 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражаты қалдықтары</w:t>
-[...36 lines deleted...]
-0</w:t>
+1 886</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11038,118 +11094,118 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражатының бос қалдықтары</w:t>
-[...36 lines deleted...]
-0</w:t>
+1 886</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -30451,55 +30507,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -30825,31 +30881,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>