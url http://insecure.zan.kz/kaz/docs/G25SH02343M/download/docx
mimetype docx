--- v1 (2025-12-28)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d92cfb3" w14:textId="d92cfb3">
+    <w:p w14:paraId="e83b123" w14:textId="e83b123">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -30507,55 +30507,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>