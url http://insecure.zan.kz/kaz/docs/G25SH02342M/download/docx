--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="97ec6f9" w14:textId="97ec6f9">
+    <w:p w14:paraId="3de852d" w14:textId="3de852d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -232,71 +232,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. 2025-2027 жылдарға арналған Қызылжар ауданының Соколов ауылдық округінің бюджеті осы шешімге тиісінше 1, 2 және 3-қосымшаларға сәйкес, соның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 129 963 мың теңге:</w:t>
+      1) кірістер – 138 680,3 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 26 953 мың теңге;</w:t>
+      салықтық түсімдер – 27 694,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
@@ -312,71 +312,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 103 010 мың теңге;</w:t>
+      трансферттер түсімдері – 110 986 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 133 138 мың теңге;</w:t>
+      2) шығындар – 143 934 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
@@ -472,91 +472,91 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржылық активтерін сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -3 175 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -5 253,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) – -3 175 мың теңге;</w:t>
+      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) – -5 253,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 3 175 мың теңге:</w:t>
+      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 5 253,7 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
@@ -571,99 +571,99 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 3 175 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 5 253,7 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Қызылжар ауданы мәслихатының 27.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24/20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 26.09.2025 № 25/24 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1685,134 +1685,133 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Қызылжар ауданы мәслихатының 27.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24/20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 26.09.2025 № 25/24 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="615"/>
-[...18 lines deleted...]
-        <w:gridCol w:w="615"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="723"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
+        <w:gridCol w:w="724"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z59" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...3 lines deleted...]
-            <w:gridSpan w:val="4"/>
+          <w:bookmarkEnd w:id="49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1842,166 +1841,166 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2031,162 +2030,162 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2208,166 +2207,166 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-129 963</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+138 680,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2389,162 +2388,162 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-26 953</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27 694,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2570,162 +2569,162 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-18 750</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 491,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2751,162 +2750,162 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-18 750</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 491,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2932,162 +2931,162 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8 203</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3113,162 +3112,162 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүлiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 282</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3294,162 +3293,162 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 473</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3475,166 +3474,166 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7 448</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3656,166 +3655,166 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық емес түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3837,166 +3836,166 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4018,162 +4017,162 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-103 010</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+110 986</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4199,162 +4198,162 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-103 010</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+110 986</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4380,278 +4379,277 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...29 lines deleted...]
-103 010</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+110 986</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалардың әкімшісі</w:t>
-[...72 lines deleted...]
-              <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4686,162 +4684,161 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...72 lines deleted...]
-              <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4872,336 +4869,334 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...64 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Шығындар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-133 138</w:t>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+143 934</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...64 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5232,158 +5227,157 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124</w:t>
-[...68 lines deleted...]
-              <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5414,158 +5408,157 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...68 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5600,882 +5593,877 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...64 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-23 072</w:t>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32 060</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124</w:t>
-[...68 lines deleted...]
-              <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-23 072</w:t>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32 060</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...68 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-8 832</w:t>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 844</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...68 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-800</w:t>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 776</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...68 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6510,700 +6498,696 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...64 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-20 790</w:t>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22 598</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124</w:t>
-[...68 lines deleted...]
-              <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-20 790</w:t>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22 598</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...68 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-20 790</w:t>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22 598</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...64 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7234,158 +7218,157 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124</w:t>
-[...68 lines deleted...]
-              <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7416,158 +7399,157 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...68 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7598,154 +7580,153 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...64 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7776,2039 +7757,2037 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...64 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="724" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Санаты</w:t>
-[...71 lines deleted...]
-              <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...71 lines deleted...]
-              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-            <w:gridSpan w:val="10"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) Қаржылық активтермен жасалатын операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаржылық активтерді сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-            <w:gridSpan w:val="10"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттің қаржылық активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
--3 175</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-5 253,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
--3 175</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-5 253,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
-[...65 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-3 175</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 253,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="723" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-            <w:gridSpan w:val="10"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9838,166 +9817,166 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10027,166 +10006,166 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="723" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10208,87 +10187,88 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="615" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10359,126 +10339,125 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші сыныбы</w:t>
-[...35 lines deleted...]
-              <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10549,126 +10528,125 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...35 lines deleted...]
-              <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10735,152 +10713,151 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...31 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...29 lines deleted...]
-3 175</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 253,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -10917,152 +10894,151 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...31 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...29 lines deleted...]
-3 175</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 253,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -11095,156 +11071,155 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="724" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...35 lines deleted...]
-              <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...29 lines deleted...]
-3 175</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 253,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11484,68 +11459,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z63" w:id="49"/>
+    <w:bookmarkStart w:name="z63" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Қызылжар ауданының Соколов ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
@@ -20938,68 +20913,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z68" w:id="50"/>
+    <w:bookmarkStart w:name="z68" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Қызылжар ауданының Соколов ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>