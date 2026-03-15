--- v1 (2025-12-28)
+++ v2 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3de852d" w14:textId="3de852d">
+    <w:p w14:paraId="9906759" w14:textId="9906759">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -30159,55 +30159,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>