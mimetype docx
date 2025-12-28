--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9fad206" w14:textId="9fad206">
+    <w:p w14:paraId="65dabd1" w14:textId="65dabd1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -232,51 +232,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. 2025-2027 жылдарға арналған Қызылжар ауданының Куйбышев ауылдық округінің бюджеті осы шешімге тиісінше 1, 2 және 3-қосымшаларға сәйкес, соның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 197 759,9 мың теңге:</w:t>
+      1) кірістер – 200 927 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 13 396 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -310,71 +310,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 184 363,9 мың теңге;</w:t>
+      трансферттер түсімдері – 187 531 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 205 245,2 мың теңге;</w:t>
+      2) шығындар – 209 147,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
@@ -470,91 +470,91 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржылық активтерін сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -7 485,3 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -8 220,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z19" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) – -7 485,3 мың теңге;</w:t>
+      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) – -8 220,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z20" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 7 485,3 мың теңге:</w:t>
+      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 8 220,7 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
@@ -570,100 +570,100 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 7 485,3 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 8 220,7 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – Солтүстік Қазақстан облысы Қызылжар ауданы мәслихатының 27.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24/12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 26.09.2025 № 25/14 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1645,130 +1645,133 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда – Солтүстік Қазақстан облысы Қызылжар ауданы мәслихатының 27.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24/12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 26.09.2025 № 25/14 (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
-[...13 lines deleted...]
-          </w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z57" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="47"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1803,51 +1806,51 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1881,51 +1884,52 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1992,51 +1996,51 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2070,51 +2074,52 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2169,51 +2174,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2236,62 +2241,63 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-197 759,9</w:t>
+200 927</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2350,51 +2356,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2428,51 +2434,52 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13 396</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2531,51 +2538,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2609,51 +2616,52 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 508</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2712,51 +2720,51 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2790,51 +2798,52 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 508</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2893,51 +2902,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2971,51 +2980,52 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9 888</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3074,51 +3084,51 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3152,51 +3162,52 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 216</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3255,51 +3266,51 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3333,51 +3344,52 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3436,51 +3448,51 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3514,51 +3526,52 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6 294</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3617,51 +3630,51 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3695,51 +3708,52 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 361</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3798,51 +3812,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3876,51 +3890,52 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3979,51 +3994,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4057,51 +4072,52 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4160,51 +4176,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4227,62 +4243,63 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-184 363,9</w:t>
+187 531</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4341,51 +4358,51 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4408,62 +4425,63 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-184 363,9</w:t>
+187 531</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4522,51 +4540,51 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4589,51 +4607,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-184 363,9</w:t>
+187 531</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5147,51 +5165,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-205 245,2</w:t>
+209 147,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5329,51 +5347,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45 216,3</w:t>
+50 816,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5511,51 +5529,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45 216,3</w:t>
+50 816,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5726,61 +5744,57 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5796,206 +5810,210 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұрғын үй-коммуналдық шаруашылық</w:t>
+Ведомстволық бағыныстағы мемлекеттік мекемелер мен ұйымдардың күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41 041,4</w:t>
+5 600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6020,51 +6038,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6123,167 +6141,167 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 779,1</w:t>
+41 041,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6347,168 +6365,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
+014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендердегі көшелерді жарықтандыру</w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19 262,3</w:t>
+21 779,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6524,206 +6538,210 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31 524</w:t>
+19 262,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6748,51 +6766,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6851,130 +6869,130 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -7000,61 +7018,57 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7070,206 +7084,210 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiк және коммуникация</w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87 463,5</w:t>
+31 524</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7294,88 +7312,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87 463,</w:t>
+85 766</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7397,167 +7415,167 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 450,5</w:t>
+85 766</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7621,125 +7639,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-045</w:t>
+013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 013</w:t>
+50 450,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7794,130 +7812,134 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Таза бюджеттік кредиттеу</w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+35 315,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8014,3285 +8036,3443 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Санаты</w:t>
-[...147 lines deleted...]
-Сомасы, мың теңге</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...141 lines deleted...]
-4</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
-            </w:r>
-[...138 lines deleted...]
-0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...129 lines deleted...]
-4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...129 lines deleted...]
-Қаржы активтерін сатып алу</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...133 lines deleted...]
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...129 lines deleted...]
-5) Бюджет тапшылығы (профициті)</w:t>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
--7 485,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...130 lines deleted...]
-            </w:r>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
--7 485,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-8 220,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...130 lines deleted...]
-            </w:r>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-7 485,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті);</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-8 220,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...134 lines deleted...]
-            </w:r>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 220,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="585" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Функционалдық топ</w:t>
-[...36 lines deleted...]
-Бюджеттік бағдарламалардың әкімшісі</w:t>
+Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағдарлама</w:t>
-[...72 lines deleted...]
-Сомасы, мың теңге</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздарды өтеу</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="586" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...83 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы</w:t>
-[...36 lines deleted...]
-Сомасы, мың теңге</w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...110 lines deleted...]
-5</w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...111 lines deleted...]
-7 485,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01</w:t>
-[...106 lines deleted...]
-7 485,3</w:t>
+8 220,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...11 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 220,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11352,51 +11532,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 485,3</w:t>
+8 220,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11636,68 +11816,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z61" w:id="47"/>
+    <w:bookmarkStart w:name="z61" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Қызылжар ауданының Куйбышев ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
@@ -20725,68 +20905,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z66" w:id="48"/>
+    <w:bookmarkStart w:name="z66" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Қызылжар ауданының Куйбышев ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>