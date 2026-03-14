--- v1 (2025-12-28)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="65dabd1" w14:textId="65dabd1">
+    <w:p w14:paraId="fc403c5" w14:textId="fc403c5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -29786,55 +29786,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>