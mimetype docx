--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="419f22c" w14:textId="419f22c">
+    <w:p w14:paraId="a307d2a" w14:textId="a307d2a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -211,93 +211,113 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Солтүстік Қазақстан облысының Қызылжар аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. 2025-2027 жылдарға арналған Қызылжар ауданының Вагулино ауылдық округінің бюджеті осы шешімге тиісінше 1, 2 және 3-қосымшаларға сәйкес, соның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
+        <w:t xml:space="preserve">
+      1. 2025-2027 жылдарға арналған Қызылжар ауданының Вагулино ауылдық округінің бюджеті осы шешімге тиісінше </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1, 2 және 3-қосымшаларға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 261 782,2 мың теңге:</w:t>
+      1) кірістер – 348 073,1 мың теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 21 271 мың теңге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -310,71 +330,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 240 511,2 мың теңге;</w:t>
+      трансферттер түсімдері – 326 802,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 267 365,2 мың теңге;</w:t>
+      2) шығындар – 354 150,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
@@ -470,91 +490,91 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржылық активтерін сатудан түсетін түсімдер – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -5 583 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -6 077 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z19" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) – -5 583 мың теңге;</w:t>
+      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) – -6 077 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z20" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 5 583 мың теңге:</w:t>
+      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 6 077 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
@@ -570,100 +590,120 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 5 583 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 6 077 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Қызылжар ауданы мәслихатының 27.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24/10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 26.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25/12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1685,51 +1725,71 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Қызылжар ауданы мәслихатының 27.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24/10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі); 26.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25/12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="586"/>
@@ -1747,68 +1807,70 @@
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="585" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z59" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="49"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -2276,51 +2338,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-261 782,2</w:t>
+348 073,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="585" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4267,51 +4329,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-240 511,2</w:t>
+326 802,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="585" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4448,51 +4510,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-240 511,2</w:t>
+326 802,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="585" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4629,51 +4691,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-240 511,2</w:t>
+326 802,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5187,51 +5249,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-267 365,2</w:t>
+354 150,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5369,51 +5431,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36 448</w:t>
+37 860</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5551,51 +5613,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36 448</w:t>
+37 860</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5766,61 +5828,57 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5836,206 +5894,210 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұрғын үй-коммуналдық шаруашылық</w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 927</w:t>
+1 412</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6060,88 +6122,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 927</w:t>
+20 875</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6163,167 +6225,167 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 581</w:t>
+20 875</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6387,125 +6449,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
+014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендердегі көшелерді жарықтандыру</w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 506</w:t>
+9 581</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6569,125 +6631,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
+008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендердің санитариясын қамтамасыз ету</w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 000</w:t>
+4 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6751,168 +6813,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
+009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 840</w:t>
+2 454</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6928,206 +6986,210 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 795,2</w:t>
+4 840</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7152,88 +7214,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 795,2</w:t>
+32 558,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7255,210 +7317,206 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 795,2</w:t>
+32 558,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7474,206 +7532,210 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Басқалар</w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-175 195</w:t>
+32 558,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7698,88 +7760,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-175 195</w:t>
+87 661,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7801,167 +7863,167 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-175 195</w:t>
+87 661,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8016,169 +8078,177 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Таза бюджеттік кредиттеу</w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+87 661,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8236,798 +8306,778 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+Басқалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+175 195</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Санаты</w:t>
-[...147 lines deleted...]
-Сомасы, мың теңге</w:t>
+175 195</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...147 lines deleted...]
-5</w:t>
+175 195</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...138 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...134 lines deleted...]
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9046,417 +9096,441 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржы активтерін сатып алу</w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9514,88 +9588,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) Бюджет тапшылығы (профициті)</w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--5 583</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9692,88 +9766,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--5 583</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9870,130 +9944,130 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 583</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10052,509 +10126,483 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздар түсімдері</w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Бағдарлама</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы</w:t>
-[...35 lines deleted...]
-Сомасы, мың теңге</w:t>
+-6 077</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...35 lines deleted...]
-5</w:t>
+-6 077</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="11"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10582,760 +10630,759 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздарды өтеу</w:t>
-[...35 lines deleted...]
-0</w:t>
+6 077</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...66 lines deleted...]
-Сыныбы</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...45 lines deleted...]
-Сомасы, мың теңге</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...36 lines deleted...]
-2</w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...36 lines deleted...]
-5</w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...33 lines deleted...]
-            </w:pPr>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
-[...36 lines deleted...]
--5 583</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
-[...35 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -11355,270 +11402,1013 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражаты қалдықтары</w:t>
-[...36 lines deleted...]
--5 583</w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="586" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...38 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 077</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 077</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Бюджет қаражатының бос қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--5 583</w:t>
+6 077</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11858,68 +12648,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z63" w:id="49"/>
+    <w:bookmarkStart w:name="z63" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Қызылжар ауданының Вагулино ауылдық округінің</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
@@ -21129,68 +21919,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z68" w:id="50"/>
+    <w:bookmarkStart w:name="z68" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Қызылжар ауданының Вагулино ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="585"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>
         <w:gridCol w:w="586"/>