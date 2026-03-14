--- v1 (2025-12-23)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a307d2a" w14:textId="a307d2a">
+    <w:p w14:paraId="dbb217c" w14:textId="dbb217c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -30982,55 +30982,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>