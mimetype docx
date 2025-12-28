--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1d46065" w14:textId="1d46065">
+    <w:p w14:paraId="47c6785" w14:textId="47c6785">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -216,1050 +216,1148 @@
         <w:t>
       1. 2025-2027 жылдарға арналған Солтүстік Қазақстан облысы Жамбыл ауданы Троицкий ауылдық округінің бюджеті көрсетілген шешімге тиісінше 1, 2, 3-қосымшаларға сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кірістер – 185 292 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 6 614 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 600 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттер түсімдері – 178 078 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 185 292 мың теңге;</w:t>
+      2) шығындар – 186 170,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржылық активтермен жасалатын операциялар бойынша сальдо – 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржылық активтерді сатып алу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
+      мемлекеттің қаржылық активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – 0 теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – - 878,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 0 теңге:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 878,9 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      қарыздарды өтеу – 0 теңге; </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қарыздарды өтеу – 0 теңге;</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 878,9 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 0 теңге.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-тармақ жаңа редакцияда – Солтүстік Қазақстан облысы Жамбыл ауданы мәслихатының 19.09.2025 № 32/17 (қабылданған кезден бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған ауылдық округ бюджетінің кірістері Қазақстан Республикасының Бюджет кодексіне сәйкес келесі салықтық түсімдер есебінен құрастырылады деп белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік кірістер органында тіркеу есебіне қою кезінде мәлімделген:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дара кәсіпкер, жекеше нотариус, жеке сот орындаушысы, адвокат, кәсіпқой медиатор үшін – тұрған жері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалған жеке тұлғалар үшін – тұрғылықты жері ауылдың аумағында орналасқан жеке тұлғалар дербес салық салуға жататын кірістер бойынша жеке табыс салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауыл, ауылдық округ аумағындағы осы салық салу объектілері бойынша жеке тұлғаларға салынатын мүлік салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауыл аумағындағы жер учаскелері бойынша жеке және заңды тұлғалардан алынатын, елдi мекендердің жерлерiне салынатын жер салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бірыңғай жер салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мыналардан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрғылықты жері ауылдың аумағындағы жеке тұлғалардан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өздерінің құрылтай құжаттарында көрсетілген тұрған жері ауылдың аумағында орналасқан заңды тұлғалардан алынатын көлік құралы салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер учаскелерін пайдаланғаны үшін төлемақыдан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ауылдық округ бюджетінің кірістері келесі салықтық емес түсімдер есебінен құрастырылады деп белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ әкімі әкімшілік құқық бұзушылықтар үшін салатын айыппұлдардан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке және заңды тұлғалардың ерікті түрдегі алымдарынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық меншігінен (жергілікті өзін-өзі басқарудың коммуналдық меншігінен) түсетін кірістерден:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық меншігінің (жергілікті өзін-өзі басқарудың коммуналдық меншігінің) мүлкін жалға беруден түсетін кірістерден;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық меншігінен (жергілікті өзін-өзі басқарудың коммуналдық меншігінен) түсетін өзге де кірістерден;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ауылдық округ бюджетіне түсетін өзге де салықтық емес түсімдерден. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Ауылдық округ бюджетіне негізгі капиталды сатудан түсетін түсімдер болып белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        ауылдық округ бюджетінен қаржыландырылатын мемлекеттік мекемелерге бекітіліп берілген мемлекеттік мүлікті сатудан түсетін түсімдерден;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер учаскелерін жалдау беру құқығын сатқаны үшін төлемақыдан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған ауылдық округтің бюджетіне аудандық бюджеттен берілетін 21 570 мың теңге сомасында субвенция бюджетте ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 2025 жылға арналған ауылдық округ бюджетінде республикалық бюджеттен ағымдағы нысаналы трансферттер түсімдері ескерілсін, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, мемлекеттік ұйымдар қызметкерлерінің еңбекақысын арттыруға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық бюджеттен көрсетілген ағымдағы нысаналы трансферттерді бөлу Солтүстік Қазақстан облысы Жамбыл ауданы Троицкий ауылдық округі әкімінің 2025-2027 жылдарға арналған ауылдық округтің бюджеті туралы Солтүстік Қазақстан облысы Жамбыл ауданы мәслихатының шешімін іске асыру туралы шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. 2025 жылға арналған ауылдық округ бюджетінде облыстық бюджеттен ағымдағы нысаналы трансферттер түсімдері ескерілсін, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Солтүстік Қазақстан облысы Жамбыл ауданы Троицкий ауылдық округі Троицкий ауылының кентішілік жолдарын орташа жөндеуге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыстық бюджеттен көрсетілген ағымдағы нысаналы трансферттерді бөлу Солтүстік Қазақстан облысы Жамбыл ауданы Троицкий ауылдық округі әкімінің 2025-2027 жылдарға арналған ауылдық округтің бюджеті туралы Солтүстік Қазақстан облысы Жамбыл ауданы мәслихатының шешімін іске асыру туралы шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. 2025 жылға арналған ауылдық округ бюджетінде аудандық бюджеттен ағымдағы нысаналы трансферттер түсімдері ескерілсін, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қызметтік автокөлік сатып алуға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z53" w:id="49"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аудандық бюджеттен көрсетілген ағымдағы нысаналы трансферттерді бөлу Солтүстік Қазақстан облысы Жамбыл ауданы Троицкий ауылдық округі әкімінің 2025-2027 жылдарға арналған ауылдық округтің бюджеті туралы Солтүстік Қазақстан облысы Жамбыл ауданы мәслихатының шешімін іске асыру туралы шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z54" w:id="50"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1. Ауылдық округ бюджетінің шығыстары 2025 жылғы 1 қаңтарда қалыптасқан бюджет қаражатының бос қалдықтары және 2024 жылы пайдаланылмаған (толық пайдаланылмаған) аудандық бюджеттен нысаналы трансферттерді қайтару есебінен осы шешімнің 4-қосымшасына сәйкес қарастырылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. Шешім 8-1-тармақпен толықтырылды – Солтүстік Қазақстан облысы Жамбыл ауданы мәслихатының 19.09.2025 № 32/17 (қабылданған кезден бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "2025-2027 жылдарға арналған Солтүстік Қазақстан облысы Жамбыл ауданы Троицкий ауылдық округінің бюджетін бекіту туралы" Солтүстік Қазақстан облысы Жамбыл ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 25/13 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z55" w:id="51"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы шешім қабылданған сәттен бастап қолданысқа енгізіледі және 2025 жылғы 1 қаңтардан бастап туындаған құқықтық қатынастарға қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1632,65 +1730,12466 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 30/14 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z61" w:id="52"/>
+    <w:bookmarkStart w:name="z61" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Солтүстік Қазақстан облысы Жамбыл ауданы Троицкий ауылдық округінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 1-қосымша жаңа редакцияда – Солтүстік Қазақстан облысы Жамбыл ауданы мәслихатының 19.09.2025 № 32/17 (қабылданған кезден бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="455"/>
+        <w:gridCol w:w="455"/>
+        <w:gridCol w:w="455"/>
+        <w:gridCol w:w="455"/>
+        <w:gridCol w:w="455"/>
+        <w:gridCol w:w="455"/>
+        <w:gridCol w:w="455"/>
+        <w:gridCol w:w="455"/>
+        <w:gridCol w:w="455"/>
+        <w:gridCol w:w="455"/>
+        <w:gridCol w:w="455"/>
+        <w:gridCol w:w="455"/>
+        <w:gridCol w:w="456"/>
+        <w:gridCol w:w="456"/>
+        <w:gridCol w:w="456"/>
+        <w:gridCol w:w="456"/>
+        <w:gridCol w:w="456"/>
+        <w:gridCol w:w="456"/>
+        <w:gridCol w:w="456"/>
+        <w:gridCol w:w="456"/>
+        <w:gridCol w:w="456"/>
+        <w:gridCol w:w="456"/>
+        <w:gridCol w:w="456"/>
+        <w:gridCol w:w="456"/>
+        <w:gridCol w:w="456"/>
+        <w:gridCol w:w="456"/>
+        <w:gridCol w:w="456"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z63" w:id="51"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="51"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+185 292</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 614</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 160</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+454</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+454</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жердi және материалдық емес активтердi сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+178 078</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+178 078</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+178 078</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+186 170,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32 722</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32 722</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 222</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 748,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 748,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 270</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 078,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+150 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+150 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+150 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін ел ішінде сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-878,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+878,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік ішкі қарыздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыз алу келісім-шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+056</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімі аппаратының жоғары тұрған бюджет алдындағы борышын өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="456" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+878,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+878,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+878,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Солтүстік Қазақстан облысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жамбыл ауданы мәслихатының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2025 жылғы 12 мамырдағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 30/14 шешіміне 2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z67" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026 жылға арналған Солтүстік Қазақстан облысы Жамбыл ауданы Троицкий ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -2226,51 +14725,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-185 292</w:t>
+29 943</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2407,51 +14906,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 614</w:t>
+6 840</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2588,51 +15087,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000</w:t>
+1 034</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2769,51 +15268,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000</w:t>
+1 034</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2950,51 +15449,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 160</w:t>
+5 336</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3131,51 +15630,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+206</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3312,51 +15811,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60</w:t>
+62</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3493,51 +15992,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 900</w:t>
+3 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3674,51 +16173,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 000</w:t>
+2 068</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3855,51 +16354,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-454</w:t>
+470</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4036,51 +16535,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-454</w:t>
+470</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4217,51 +16716,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-600</w:t>
+620</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4398,51 +16897,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-600</w:t>
+620</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4579,51 +17078,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-600</w:t>
+620</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4760,51 +17259,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-178 078</w:t>
+22 483</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4941,51 +17440,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-178 078</w:t>
+22 483</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5122,51 +17621,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-178 078</w:t>
+22 483</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5296,51 +17795,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z62" w:id="53"/>
+          <w:bookmarkStart w:name="z68" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5697,51 +18196,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-185 292</w:t>
+29 943</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5878,51 +18377,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 722</w:t>
+26 393</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6059,51 +18558,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 722</w:t>
+26 393</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6240,413 +18739,413 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 222</w:t>
+26 393</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...111 lines deleted...]
-Мемлекеттік органның күрделі шығыстары</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 500</w:t>
+2 550</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...111 lines deleted...]
-Тұрғын үй-коммуналдық шаруашылық</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 870</w:t>
+2 550</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6668,166 +19167,166 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...78 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 870</w:t>
+1 550</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6891,124 +19390,124 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...36 lines deleted...]
-Елді мекендердегі көшелерді жарықтандыру</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 270</w:t>
+500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7072,486 +19571,486 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...36 lines deleted...]
-Елді мекендердің санитариясын қамтамасыз ету</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-400</w:t>
+500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...111 lines deleted...]
-Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...111 lines deleted...]
-Көлiк және коммуникация</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-700</w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7573,890 +20072,166 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...78 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-700</w:t>
-[...723 lines deleted...]
-150 000</w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14257,71 +26032,71 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 30/14 шешіміне 2-қосымша</w:t>
+              <w:t>№ 30/14 шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z67" w:id="54"/>
+    <w:bookmarkStart w:name="z73" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2026 жылға арналған Солтүстік Қазақстан облысы Жамбыл ауданы Троицкий ауылдық округінің бюджеті</w:t>
+        <w:t xml:space="preserve"> 2027 жылға арналған Солтүстік Қазақстан облысы Жамбыл ауданы Троицкий ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -14857,51 +26632,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 943</w:t>
+31 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15038,51 +26813,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 840</w:t>
+7 073</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15219,51 +26994,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 034</w:t>
+1 069</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15400,51 +27175,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 034</w:t>
+1 069</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15581,51 +27356,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 336</w:t>
+5 518</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15762,51 +27537,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-206</w:t>
+213</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15943,51 +27718,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62</w:t>
+64</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16124,51 +27899,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 000</w:t>
+3 103</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16305,51 +28080,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 068</w:t>
+2 138</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16486,51 +28261,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-470</w:t>
+486</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16667,51 +28442,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-470</w:t>
+486</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16848,51 +28623,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-620</w:t>
+641</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17029,51 +28804,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-620</w:t>
+641</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17210,51 +28985,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-620</w:t>
+641</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17391,51 +29166,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 483</w:t>
+23 612</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17572,51 +29347,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 483</w:t>
+23 612</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17753,51 +29528,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 483</w:t>
+23 612</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -17927,86 +29702,66 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z68" w:id="55"/>
-[...34 lines deleted...]
-(мың теңге)</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -18328,51 +30083,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 943</w:t>
+31 326</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -18509,51 +30264,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 393</w:t>
+26 576</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -18690,51 +30445,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 393</w:t>
+26 576</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -18871,51 +30626,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 393</w:t>
+26 576</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -19052,51 +30807,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 550</w:t>
+3 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -19233,51 +30988,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 550</w:t>
+3 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -19414,51 +31169,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 550</w:t>
+1 850</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -19595,51 +31350,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -19776,51 +31531,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -19957,51 +31712,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000</w:t>
+1 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -20138,51 +31893,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000</w:t>
+1 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -20319,51 +32074,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000</w:t>
+1 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -26164,11660 +37919,2785 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 30/14 шешіміне 3-қосымша</w:t>
+              <w:t>№ 30/14 шешіміне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z73" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2027 жылға арналған Солтүстік Қазақстан облысы Жамбыл ауданы Троицкий ауылдық округінің бюджеті</w:t>
+        <w:t xml:space="preserve"> 2025 жылға арналған ауылдық округ бюджетінің шығыстары 2025 жылғы 1 қаңтарда қалыптасқан бюджет қаражатының бос қалдықтары және 2024 жылы пайдаланылмаған (толық пайдаланылмаған) аудандық бюджеттен нысаналы трансферттерді қайтару есебінен</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. Шешім 4-қосымшамен толықтырылды – Солтүстік Қазақстан облысы Жамбыл ауданы мәслихатының 19.09.2025 № 32/17 (қабылданған кезден бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кірістер:</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1366"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...165 lines deleted...]
-31 326</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+878,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...169 lines deleted...]
-7 073</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+878,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...169 lines deleted...]
-1 069</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+878,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...169 lines deleted...]
-1 069</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+878,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығыстар:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...169 lines deleted...]
-5 518</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...169 lines deleted...]
-213</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+878,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...169 lines deleted...]
-64</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+878,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...169 lines deleted...]
-3 103</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+878,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...169 lines deleted...]
-2 138</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...169 lines deleted...]
-486</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...169 lines deleted...]
-486</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...9187 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Барлығы: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+878,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -37849,55 +40729,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -38223,31 +41103,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>