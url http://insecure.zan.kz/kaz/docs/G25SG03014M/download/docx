--- v1 (2025-12-28)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="47c6785" w14:textId="47c6785">
+    <w:p w14:paraId="e4b3d01" w14:textId="e4b3d01">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -40729,55 +40729,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>