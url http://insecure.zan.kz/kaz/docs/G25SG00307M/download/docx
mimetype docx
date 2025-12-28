--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="24ccc3f" w14:textId="24ccc3f">
+    <w:p w14:paraId="9303338" w14:textId="9303338">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -216,990 +216,1128 @@
         <w:t>
       1. 2025-2027 жылдарға арналған Солтүстік Қазақстан облысы Жамбыл ауданы Кладбинка ауылдық округінің бюджеті көрсетілген шешімге тиісінше 1, 2, 3-қосымшаларға сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кірістер – 66 949 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 9 830 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 270 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттер түсімдері – 56 849 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 66 949 мың теңге;</w:t>
+      2) шығындар – 67 912,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржылық активтермен жасалатын операциялар бойынша сальдо – 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржылық активтерді сатып алу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржылық активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – 0 теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -963,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 0 теңге:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 963,4 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қарыздарды өтеу – 0 теңге; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 0 теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 963,4 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – Солтүстік Қазақстан облысы Жамбыл ауданы мәслихатының 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қабылданған сәттен бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған ауылдық округ бюджетінің кірістері Қазақстан Республикасының Бюджет кодексіне сәйкес келесі салықтық түсімдер есебінен құрастырылады деп белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік кірістер органында тіркеу есебіне қою кезінде мәлімделген:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дара кәсіпкер, жекеше нотариус, жеке сот орындаушысы, адвокат, кәсіпқой медиатор үшін – тұрған жері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалған жеке тұлғалар үшін – тұрғылықты жері ауылдың аумағында орналасқан жеке тұлғалар дербес салық салуға жататын кірістер бойынша жеке табыс салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауыл, ауылдық округ аумағындағы осы салық салу объектілері бойынша жеке тұлғаларға салынатын мүлік салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауыл аумағындағы жер учаскелері бойынша жеке және заңды тұлғалардан алынатын, елдi мекендердің жерлерiне салынатын жер салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бірыңғай жер салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мыналардан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрғылықты жері ауылдың аумағындағы жеке тұлғалардан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өздерінің құрылтай құжаттарында көрсетілген тұрған жері ауылдың аумағында орналасқан заңды тұлғалардан алынатын көлік құралы салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер учаскелерін пайдаланғаны үшін төлемақыдан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ауылдық округ бюджетінің кірістері келесі салықтық емес түсімдер есебінен құрастырылады деп белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтердің әкімдері әкімшілік құқық бұзушылықтар үшін салатын айыппұлдардан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке және заңды тұлғалардың ерікті түрдегі алымдарынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық меншігінен (жергілікті өзін-өзі басқарудың коммуналдық меншігінен) түсетін кірістерден:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық меншігінің (жергілікті өзін-өзі басқарудың коммуналдық меншігінің) мүлкін жалға беруден түсетін кірістерден;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық меншігінен (жергілікті өзін-өзі басқарудың коммуналдық меншігінен) түсетін өзге де кірістерден;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ауылдық округ бюджетіне түсетін өзге де салықтық емес түсімдерден. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Ауылдық округ бюджетіне негізгі капиталды сатудан түсетін түсімдер болып белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        ауылдық округ бюджетінен қаржыландырылатын мемлекеттік мекемелерге бекітіліп берілген мемлекеттік мүлікті сатудан түсетін түсімдерден;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер учаскелерін жалдау құқығын сатқаны үшін төлемақыдан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған ауылдық округтің бюджетіне аудандық бюджеттен берілетін 45 342 мың теңге сомасында субвенция бюджетте ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 2025 жылға арналған ауылдық округ бюджетінде республикалық бюджеттен ағымдағы нысаналы трансферттер түсімдері ескерілсін, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, мемлекеттік ұйымдар қызметкерлерінің еңбекақысын арттыруға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық бюджеттен көрсетілген ағымдағы нысаналы трансферттерді бөлу Солтүстік Қазақстан облысы Жамбыл ауданы Кладбинка ауылдық округі әкімінің 2025-2027 жылдарға арналған ауылдық округтің бюджеті туралы Солтүстік Қазақстан облысы Жамбыл ауданы мәслихатының шешімін іске асыру туралы шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. 2025 жылға арналған ауылдық округ бюджетінде аудандық бюджеттен ағымдағы нысаналы трансферттер түсімдері ескерілсін, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Солтүстік Қазақстан облысы Жамбыл ауданы Кладбинка ауылында мал қорымын жайластыруға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аудандық бюджеттен көрсетілген ағымдағы нысаналы трансферттерді бөлу Солтүстік Қазақстан облысы Жамбыл ауданы Кладбинка ауылдық округі әкімінің 2025-2027 жылдарға арналған ауылдық округтің бюджеті туралы Солтүстік Қазақстан облысы Жамбыл ауданы мәслихатының шешімін іске асыру туралы шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1. Ауылдық округ бюджетінің шығыстары 2025 жылғы 1 қаңтарда қалыптасқан бюджет қаражатының бос қалдықтары және 2024 жылы пайдаланылмаған (толық пайдаланылмаған) аудандық бюджеттің нысаналы трансферттерін қайтару есебінен осы шешімнің 4-қосымшасына сәйкес қарастырылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Шешім 7-1-тармақпен толықтырылды – Солтүстік Қазақстан облысы Жамбыл ауданы мәслихатының 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қабылданған сәттен бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "2025-2027 жылдарға арналған Солтүстік Қазақстан облысы Жамбыл ауданының Кладбинка ауылдық округінің бюджетін бекіту туралы" Солтүстік Қазақстан облысы Жамбыл аудандық мәслихатының 2024 жылғы 27 желтоқсандағы № 25/6 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Осы шешім қабылданған сәттен бастап қолданысқа енгізіледі және 2025 жылғы 1 қаңтардан бастап туындаған құқықтық қатынастарға қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1572,65 +1710,24923 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 30/7 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="49"/>
+    <w:bookmarkStart w:name="z58" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Солтүстік Қазақстан облысы Жамбыл ауданы Кладбинка ауылдық округінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда – Солтүстік Қазақстан облысы Жамбыл ауданы мәслихатының 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қабылданған сәттен бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="425"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66 949</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 830</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 030</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 760</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 869</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 709</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+270</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+270</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+270</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56 849</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56 849</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56 849</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67 912,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44 150,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44 150,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43 187</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+963,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 450</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 450</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 350</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 962</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 962</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8 962</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+350</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+350</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+350</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="14"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін ел ішінде сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-963,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+963,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік ішкі қарыздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыз алу келісім-шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+056</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімі аппаратының жоғары тұрған бюджет алдындағы борышын өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+963,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+963,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+963,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Солтүстік Қазақстан облысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жамбыл ауданы мәслихатының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2025 жылғы 12 мамырдағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 30/7 шешіміне 2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z64" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026 жылға арналған Солтүстік Қазақстан облысы Жамбыл ауданы Кладбинка ауылдық округінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55 967</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 163</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 253</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 253</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 865</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+130</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 950</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 720</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+280</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+280</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекет меншігіндегі мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+280</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 524</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 524</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 524</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55 967</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40 075</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40 075</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40 075</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 192</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 192</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11 192</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін ел ішінде сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік ішкі қарыздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыз алу келісім-шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+056</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімі аппаратының жоғары тұрған бюджет алдындағы борышын өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Солтүстік Қазақстан облысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жамбыл ауданы мәслихатының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2025 жылғы 12 мамырдағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 30/7 шешіміне 3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z69" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2027 жылға арналған Солтүстік Қазақстан облысы Жамбыл ауданы Кладбинка ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -2166,51 +27162,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66 949</w:t>
+57 396</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2347,51 +27343,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 830</w:t>
+10 498</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2528,51 +27524,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 030</w:t>
+2 491</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2709,51 +27705,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 030</w:t>
+2 491</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2890,51 +27886,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 760</w:t>
+7 957</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3071,51 +28067,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-125</w:t>
+135</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3252,51 +28248,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57</w:t>
+72</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3433,51 +28429,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 869</w:t>
+4 020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3614,51 +28610,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 709</w:t>
+3 730</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3795,51 +28791,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3976,51 +28972,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4157,51 +29153,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-270</w:t>
+300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4338,51 +29334,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-270</w:t>
+300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4519,51 +29515,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-270</w:t>
+300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4700,51 +29696,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56 849</w:t>
+46 598</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4881,51 +29877,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56 849</w:t>
+46 598</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5062,51 +30058,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56 849</w:t>
+46 598</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5126,86 +30122,66 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z59" w:id="50"/>
-[...34 lines deleted...]
-бағдарламалардың әкімшісі</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5637,51 +30613,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66 949</w:t>
+57 396</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5818,51 +30794,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 967</w:t>
+40 294</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5999,51 +30975,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 967</w:t>
+40 294</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6180,51 +31156,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 967</w:t>
+40 294</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6361,51 +31337,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 450</w:t>
+4 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6542,51 +31518,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 450</w:t>
+4 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6723,51 +31699,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 350</w:t>
+3 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6904,51 +31880,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 800</w:t>
+700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7085,51 +32061,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-300</w:t>
+700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7266,51 +32242,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 182</w:t>
+11 202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7447,51 +32423,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 182</w:t>
+11 202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7628,51 +32604,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11 182</w:t>
+11 202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7809,51 +32785,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-350</w:t>
+1 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7990,51 +32966,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-350</w:t>
+1 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8171,51 +33147,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-350</w:t>
+1 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14016,24633 +38992,2805 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 30/7 шешіміне 2-қосымша</w:t>
+              <w:t>№ 30/7 шешіміне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z64" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2026 жылға арналған Солтүстік Қазақстан облысы Жамбыл ауданы Кладбинка ауылдық округінің бюджеті</w:t>
+        <w:t xml:space="preserve"> 2025 жылға арналған ауылдық округ бюджетінің шығыстары 2025 жылғы 1 қаңтарда қалыптасқан бюджет қаражатының бос қалдықтары және 2024 жылы пайдаланылмаған (толық пайдаланылмаған) аудандық бюджеттен нысаналы трансферттерді қайтару есебінен</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Шешім 4-қосымшамен толықтырылды – Солтүстік Қазақстан облысы Жамбыл ауданы мәслихатының 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қабылданған сәттен бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кірістер:</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1366"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...165 lines deleted...]
-55 967</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+963,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...169 lines deleted...]
-10 163</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+963,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...169 lines deleted...]
-2 253</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+963,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...11178 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+963,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...277 lines deleted...]
-    <w:bookmarkStart w:name="z69" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2027 жылға арналған Солтүстік Қазақстан облысы Жамбыл ауданы Кладбинка ауылдық округінің бюджеті</w:t>
+        <w:t>
+      Шығыстар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1366"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...110 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...165 lines deleted...]
-57 396</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+963,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...169 lines deleted...]
-10 498</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+963,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...169 lines deleted...]
-2 491</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+963,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...169 lines deleted...]
-2 491</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...169 lines deleted...]
-7 957</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...169 lines deleted...]
-135</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...10635 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+963,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -38674,55 +41822,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -39048,31 +42196,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>