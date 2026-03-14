--- v1 (2025-12-28)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9303338" w14:textId="9303338">
+    <w:p w14:paraId="8930ea2" w14:textId="8930ea2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -41822,55 +41822,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>