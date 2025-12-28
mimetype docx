--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="11e4f19" w14:textId="11e4f19">
+    <w:p w14:paraId="5b291fc" w14:textId="5b291fc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -196,1030 +196,1284 @@
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Солтүстік Қазақстан облысы Жамбыл ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. 2025-2027 жылдарға арналған Солтүстік Қазақстан облысы Жамбыл ауданы Жамбыл ауылдық округінің бюджеті көрсетілген шешімге тиісінше 1, 2, 3-қосымшаларға сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 51 985 мың теңге:</w:t>
+      1) кірістер – 65 634,1 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 2 669 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 1 000 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері – 48 316 мың теңге;</w:t>
+      трансферттер түсімдері – 61 965,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 51 985 мың теңге;</w:t>
+      2) шығындар – 65 753,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржылық активтермен жасалатын операциялар бойынша сальдо – 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржылық активтерді сатып алу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржылық активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – 0 теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -119,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 0 теңге:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 119,4 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қарыздарды өтеу – 0 теңге; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 0 теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 119,4 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – Солтүстік Қазақстан облысы Жамбыл ауданы мәслихатының 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қабылданған сәттен бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған ауылдық округ бюджетінің кірістері Қазақстан Республикасының Бюджет кодексіне сәйкес келесі салықтық түсімдер есебінен құрастырылады деп белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік кірістер органында тіркеу есебіне қою кезінде мәлімделген:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дара кәсіпкер, жекеше нотариус, жеке сот орындаушысы, адвокат, кәсіпқой медиатор үшін – тұрған жері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалған жеке тұлғалар үшін – тұрғылықты жері ауылдың аумағында орналасқан жеке тұлғалар дербес салық салуға жататын кірістер бойынша жеке табыс салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауыл, ауылдық округ аумағындағы осы салық салу объектілері бойынша жеке тұлғаларға салынатын мүлік салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауыл аумағындағы жер учаскелері бойынша жеке және заңды тұлғалардан алынатын, елдi мекендердің жерлерiне салынатын жер салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бірыңғай жер салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мыналардан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрғылықты жері ауылдың аумағындағы жеке тұлғалардан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өздерінің құрылтай құжаттарында көрсетілген тұрған жері ауылдың аумағында орналасқан заңды тұлғалардан алынатын көлік құралы салығынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер учаскелерін пайдаланғаны үшін төлемақыдан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ауылдық округ бюджетінің кірістері келесі салықтық емес түсімдер есебінен құрастырылады деп белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ әкімі әкімшілік құқық бұзушылықтар үшін салатын айыппұлдардан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке және заңды тұлғалардың ерікті түрдегі алымдарынан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық меншігінен (жергілікті өзін-өзі басқарудың коммуналдық меншігінен) түсетін кірістерден:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық меншігінің (жергілікті өзін-өзі басқарудың коммуналдық меншігінің) мүлкін жалға беруден түсетін кірістерден;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округтің коммуналдық меншігінен (жергілікті өзін-өзі басқарудың коммуналдық меншігінен) түсетін өзге де кірістерден;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ауылдық округ бюджетіне түсетін өзге де салықтық емес түсімдерден.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Ауылдық округ бюджетіне негізгі капиталды сатудан түсетін түсімдер болып белгіленсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        ауылдық округ бюджетінен қаржыландырылатын мемлекеттік мекемелерге бекітіліп берілген мемлекеттік мүлікті сатудан түсетін түсімдерден;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер учаскелерін жалдау құқығын сатқаны үшін төлемақыдан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған ауылдық округтің бюджетіне аудандық бюджеттен берілетін 32 735 мың теңге сомасында субвенция бюджетте ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 2025 жылға арналған ауылдық округ бюджетінде республикалық бюджеттен ағымдағы нысаналы трансферттер түсімдері ескерілсін, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, мемлекеттік ұйымдар қызметкерлерінің еңбекақысын арттыруға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық бюджеттен көрсетілген ағымдағы нысаналы трансферттерді бөлу Солтүстік Қазақстан облысы Жамбыл ауданы Жамбыл ауылдық округі әкімінің 2025-2027 жылдарға арналған ауылдық округтің бюджеті туралы Солтүстік Қазақстан облысы Жамбыл ауданы мәслихатының шешімін іске асыру туралы шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. 2025 жылға арналған ауылдық округ бюджетінде аудандық бюджеттен ағымдағы нысаналы трансферттер түсімдері ескерілсін, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік органның күрделі шығыстарына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Солтүстік Қазақстан облысы Жамбыл ауданы Жамбыл ауылында шағын футбол алаңын орнатуға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аудандық бюджеттен көрсетілген ағымдағы нысаналы трансферттерді бөлу Солтүстік Қазақстан облысы Жамбыл ауданы Жамбыл ауылдық округі әкімінің 2025-2027 жылдарға арналған ауылдық округтің бюджеті туралы Солтүстік Қазақстан облысы Жамбыл ауданы мәслихатының шешімін іске асыру туралы шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-1. 2025 жылға арналған ауылдық округ бюджетінде облыстық бюджеттен ағымдағы нысаналы трансферттер түсімдері ескерілсін, оның ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Солтүстік Қазақстан облысы Жамбыл ауданы Жамбыл ауылындағы су құбырының таратушы желілерін ағымдағы жөндеуге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Облыстық бюджеттен көрсетілген ағымдағы нысаналы трансферттерді бөлу Солтүстік Қазақстан облысы Жамбыл ауданы Жамбыл ауылдық округі әкімінің 2025-2027 жылдарға арналған ауылдық округтің бюджеті туралы Солтүстік Қазақстан облысы Жамбыл ауданы мәслихатының шешімін іске асыру туралы шешімімен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Шешім 7-1-тармақпен толықтырылды – Солтүстік Қазақстан облысы Жамбыл ауданы мәслихатының 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қабылданған сәттен бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7-2. Ауылдық округ бюджетінің шығыстары 2025 жылғы 1 қаңтарда қалыптасқан бюджет қаражатының бос қалдықтары және 2024 жылы пайдаланылмаған (толық пайдаланылмаған) аудандық бюджеттің нысаналы трансферттерін қайтару есебінен осы шешімнің 4-қосымшасына сәйкес қарастырылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Шешім 7-2-тармақпен толықтырылды – Солтүстік Қазақстан облысы Жамбыл ауданы мәслихатының 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қабылданған сәттен бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "2025-2027 жылдарға арналған Солтүстік Қазақстан облысы Жамбыл ауданы Жамбыл ауылдық округінің бюджетін бекіту туралы" Солтүстік Қазақстан облысы Жамбыл аудандық мәслихатының 2024 жылғы 27 желтоқсандағы № 25/3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z53" w:id="49"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Осы шешім қабылданған сәттен бастап қолданысқа енгізіледі және 2025 жылғы 1 қаңтардан бастап туындаған құқықтық қатынастарға қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1592,65 +1846,12113 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 30/4 шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:bookmarkStart w:name="z59" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Солтүстік Қазақстан облысы Жамбыл ауданы Жамбыл ауылдық округінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда – Солтүстік Қазақстан облысы Жамбыл ауданы мәслихатының 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қабылданған сәттен бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="424"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="425"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z61" w:id="49"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="49"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65 634,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 669</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+293</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+293</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 339</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 279</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+939</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жердi және материалдық емес активтердi сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61 965,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61 965,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61 965,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65 753,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 788,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 788,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+33 361</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 427,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 265,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 265,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 072,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 343</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 450</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін ел ішінде сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-119,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік ішкі қарыздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыз алу келісім-шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+056</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімі аппаратының жоғары тұрған бюджет алдындағы борышын өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Солтүстік Қазақстан облысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жамбыл ауданы мәслихатының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2025 жылғы 12 мамырдағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 30/4 шешіміне 2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z65" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026 жылға арналған Солтүстік Қазақстан облысы Жамбыл ауданы Жамбыл ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
@@ -2209,51 +14511,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51 985</w:t>
+37 026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2391,51 +14693,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 669</w:t>
+2 794</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2573,51 +14875,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-293</w:t>
+303</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2755,51 +15057,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-293</w:t>
+303</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2937,51 +15239,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 339</w:t>
+2 451</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -3119,51 +15421,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-105</w:t>
+109</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -3301,51 +15603,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16</w:t>
+18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -3483,51 +15785,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 279</w:t>
+1 324</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -3665,51 +15967,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-939</w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -3847,51 +16149,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37</w:t>
+40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4029,51 +16331,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37</w:t>
+40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4757,51 +17059,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 316</w:t>
+33 232</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4939,51 +17241,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 316</w:t>
+33 232</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5121,51 +17423,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 316</w:t>
+33 232</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5679,51 +17981,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51 985</w:t>
+37 026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5861,51 +18163,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36 342</w:t>
+33 476</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6043,51 +18345,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36 342</w:t>
+33 476</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6225,90 +18527,94 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 361</w:t>
+33 476</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6324,210 +18630,206 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік органның күрделі шығыстары</w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 981</w:t>
+2 550</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6552,88 +18854,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұрғын үй-коммуналдық шаруашылық</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 943</w:t>
+2 550</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6655,167 +18957,167 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 943</w:t>
+1 550</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6879,125 +19181,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
+009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендердегі көшелерді жарықтандыру</w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 343</w:t>
+500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7061,164 +19363,168 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
+011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендердің санитариясын қамтамасыз ету</w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-400</w:t>
+500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7234,210 +19540,206 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 200</w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7462,88 +19764,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiк және коммуникация</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-700</w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7565,167 +19867,167 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-700</w:t>
+1 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -7780,134 +20082,130 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-700</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8004,532 +20302,536 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Таза бюджеттік кредиттеу</w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Санаты</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы</w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың теңге)</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8657,538 +20959,533 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттерді өтеу</w:t>
+Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...60 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...73 lines deleted...]
-0</w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы</w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың теңге)</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9284,557 +21581,542 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
+Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
-[...63 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...78 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Санаты</w:t>
-[...74 lines deleted...]
-            </w:r>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы</w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z60" w:id="51"/>
-[...34 lines deleted...]
-(мың теңге)</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...48 lines deleted...]
-            <w:gridSpan w:val="3"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9935,151 +22217,151 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
-[...63 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+Қаржы активтерін ел ішінде сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10117,151 +22399,147 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
-[...63 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржы активтерін ел ішінде сатудан түсетін түсімдер</w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10299,84 +22577,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
-[...32 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10395,51 +22673,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) Бюджет тапшылығы (профициті)</w:t>
+6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10465,96 +22743,100 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...44 lines deleted...]
-            <w:gridSpan w:val="3"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10573,51 +22855,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+Қарыздар түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10643,100 +22925,100 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...48 lines deleted...]
-            <w:gridSpan w:val="3"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10755,51 +23037,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздар түсімдері</w:t>
+Мемлекеттік ішкі қарыздар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10837,641 +23119,640 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="10"/>
-[...63 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік ішкі қарыздар</w:t>
+Қарыз алу келісім-шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...169 lines deleted...]
-0</w:t>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Функционалдық топ</w:t>
-[...74 lines deleted...]
-            </w:r>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы</w:t>
+Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың теңге)</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...48 lines deleted...]
-            <w:gridSpan w:val="7"/>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11490,51 +23771,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздарды өтеу</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11571,265 +23852,84 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
-[...213 lines deleted...]
-            <w:gridSpan w:val="7"/>
+            <w:gridSpan w:val="8"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12902,74 +25002,74 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 30/4 шешіміне 2-қосымша</w:t>
+              <w:t>№ 30/4 шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z65" w:id="52"/>
+    <w:bookmarkStart w:name="z70" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2026 жылға арналған Солтүстік Қазақстан облысы Жамбыл ауданы Жамбыл ауылдық округінің бюджеті</w:t>
+        <w:t xml:space="preserve"> 2027 жылға арналған Солтүстік Қазақстан облысы Жамбыл ауданы Жамбыл ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="424"/>
@@ -13525,51 +25625,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 026</w:t>
+38 341</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -13707,51 +25807,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 794</w:t>
+2 923</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -13889,51 +25989,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-303</w:t>
+325</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14071,51 +26171,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-303</w:t>
+325</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14253,51 +26353,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 451</w:t>
+2 554</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14435,51 +26535,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-109</w:t>
+115</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14617,51 +26717,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18</w:t>
+19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14799,51 +26899,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 324</w:t>
+1 350</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14981,51 +27081,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000</w:t>
+1 070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -15163,51 +27263,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
+44</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -15345,51 +27445,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
+44</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -16073,51 +28173,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 232</w:t>
+34 418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -16255,51 +28355,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 232</w:t>
+34 418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -16437,51 +28537,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 232</w:t>
+34 418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -16995,51 +29095,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 026</w:t>
+38 341</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -17177,51 +29277,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 476</w:t>
+33 651</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -17359,51 +29459,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 476</w:t>
+33 651</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -17541,51 +29641,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 476</w:t>
+33 651</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -17723,51 +29823,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 550</w:t>
+3 190</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -17905,51 +30005,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 550</w:t>
+3 190</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -18087,51 +30187,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 550</w:t>
+1 790</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -18269,51 +30369,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -18451,51 +30551,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -18633,51 +30733,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000</w:t>
+1 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -18815,51 +30915,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000</w:t>
+1 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -18997,51 +31097,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000</w:t>
+1 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -24016,10887 +36116,2805 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 30/4 шешіміне 3-қосымша</w:t>
+              <w:t>№ 30/4 шешіміне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z70" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2027 жылға арналған Солтүстік Қазақстан облысы Жамбыл ауданы Жамбыл ауылдық округінің бюджеті</w:t>
+        <w:t xml:space="preserve"> 2025 жылға арналған ауылдық округ бюджетінің шығыстары 2025 жылғы 1 қаңтарда қалыптасқан бюджет қаражатының бос қалдықтары есебінен және 2024 жылы пайдаланылмаған (толық пайдаланылмаған) аудандық бюджеттен нысаналы трансферттерді қайтару есебінен</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Шешім 4-қосымшамен толықтырылды – Солтүстік Қазақстан облысы Жамбыл ауданы мәслихатының 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қабылданған сәттен бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кірістер:</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="424"/>
-[...27 lines deleted...]
-        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...166 lines deleted...]
-38 341</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...170 lines deleted...]
-2 923</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...170 lines deleted...]
-325</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...169 lines deleted...]
-325</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шығыстар:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...170 lines deleted...]
-2 554</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...170 lines deleted...]
-115</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...170 lines deleted...]
-19</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...170 lines deleted...]
-1 350</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...170 lines deleted...]
-1 070</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...170 lines deleted...]
-44</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...170 lines deleted...]
-44</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...1238 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...7111 lines deleted...]
-0</w:t>
+              <w:t xml:space="preserve">
+Барлығы: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+119,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -34928,55 +38946,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -35302,31 +39320,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>