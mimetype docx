--- v1 (2025-12-28)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5b291fc" w14:textId="5b291fc">
+    <w:p w14:paraId="e0f8448" w14:textId="e0f8448">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -38946,55 +38946,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>