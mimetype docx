--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e1c95d8" w14:textId="e1c95d8">
+    <w:p w14:paraId="b6be276" w14:textId="b6be276">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -232,894 +232,954 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Солтүстік Қазақстан облысы Есіл ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Солтүстік Қазақстан облысы Есіл ауданының Ясновка ауылдық округінің 2025-2027 жылдарға арналған бюджеті сәйкесінше 1, 2, 3 -қосымшаларға сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
+      1. Солтүстік Қазақстан облысы Есіл ауданының Ясновка ауылдық округінің 2025-2027 жылдарға арналған бюджеті тиісінше 1, 2, 3 - қосымшаларға сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер - 108 241 мың теңге:</w:t>
+      1) кірістер - 106 863 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салық түсімдері - 7 521 мың теңге;</w:t>
+      салықтық түсімдер - 8 521 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер - 240 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер - 795 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімдері - 99 685 мың теңге;</w:t>
+      трансферттер түсімі - 97 307 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар - 108 537,2 мың теңге;</w:t>
+      2) шығындар - 107 159,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) - - 296,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) - - 296,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) - 296,2 мың теңге:</w:t>
+      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) - 296,6 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары - 296,2 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 09.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/489</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Ясновка ауылдық округінің 2025 жылға арналған бюджетінің шығыстарында 2025 жылғы 1 қаңтарға қалыптасқан аудандық бюджеттен пайдаланылмаған нысаналы трансферттерді қайтару 0,4 мың теңге сомасында 4-қосымшаға сәйкес қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-2. Ясновка ауылдық округінің 2025 жылға арналған бюджетінде 295,8 мың теңге сомасында 2025 жылғы 1 қаңтарға қалыптасқан бюджет қаражатының бос қалдықтары есебінен шығыстар 4-қосымшаға сәйкес қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ясновка ауылдық округінің 2025 жылға арналған бюджетінің кірістері Қазақстан Республикасы Бюджет кодексінің 27-бабына сәйкес құрылатындығы белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға аудандық бюджеттен Ясновка ауылдық округінің бюджетіне берілетін трансферттердің (субвенциялардың) көлемі 21 683 мың теңге сомасында қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Солтүстік Қазақстан облысы Есіл ауданы Ясновка ауылдық округінің бюджетінде республикалық бюджеттен бөлінген ағымдағы нысаналы трансферттердің көлемі көзделсін, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       азаматтық қызметшілердің жекелеген санаттарының, мемлекеттік бюджет қаражаты есебінен ұсталатын ұйымдар қызметкерлерінің, қазыналық кәсіпорындар қызметкерлерінің жалақысын арттыруға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Ясновка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Ясновка ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Солтүстік Қазақстан облысы Есіл ауданы Ясновка ауылдық округінің бюджетінде облыстық бюджеттен бөлінген ағымдағы нысаналы трансферттердің көлемі көзделсін, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Ауыл-ел бесігі" жобасы шеңберінде ауылдық елді мекендерде әлеуметтік және инженерлік инфрақұрылымды дамытуға, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есіл ауданы Ясновка ауылдық округінің Ясновка ауылындағы ауылішілік жолды орташа жөндеуге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ясновка ауылындағы Ясновка ауылдық мәдениет үйінің шатырын күрделі жөндеуге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыстық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Ясновка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Ясновка ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Солтүстік Қазақстан облысы Есіл ауданы Ясновка ауылдық округінің бюджетінде аудандық бюджеттен бөлінген ағымдағы нысаналы трансферттердің көлемі көзделсін, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       еңбекақы төлеу қорына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекендердегі көшелерді жарықтандыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       елді мекендерді абаттандыруға және көгалдандыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       еңбекақы төлеу қорына және Ясновка мәдениет үйінің ағымдағы күтіміне.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аудандық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Ясновка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Ясновка ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Солтүстік Қазақстан облысы Есіл ауданы мәслихатының келесі шешімдерінің: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Солтүстік Қазақстан облысы Есіл ауданы Ясновка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 23/376 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Солтүстік Қазақстан облысы Есіл ауданы Ясновка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 23/376 шешіміне өзгерістер мен толықтырулар енгізу туралы" Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 2025 жылғы 4 наурыздағы № 24/394 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1557,129 +1617,169 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z53" w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Ясновка ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 09.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/489</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z57" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="43"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1762,70 +1862,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z54" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -1970,51 +2068,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-108 241</w:t>
+106 863</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2147,51 +2245,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 521</w:t>
+8 521</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2324,51 +2422,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 830</w:t>
+4 830</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2501,51 +2599,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 830</w:t>
+4 830</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4979,51 +5077,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-99 685</w:t>
+97 307</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5156,51 +5254,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-99 685</w:t>
+97 307</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5333,51 +5431,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-99 685</w:t>
+97 307</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5503,70 +5601,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z55" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5711,51 +5807,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-108 537,2</w:t>
+107 159,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6914,51 +7010,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерді абаттандыру және көгалдандыру үшін;</w:t>
+Елді мекендерді абаттандыру және көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7658,51 +7754,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 077</w:t>
+44 699</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7835,51 +7931,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 077</w:t>
+44 699</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7976,87 +8072,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
-[...35 lines deleted...]
-46 077</w:t>
+"Ауыл Ел-бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44 699</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8330,51 +8426,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8680,51 +8776,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Таза бюджеттік кредиттеу</w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8853,51 +8949,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9026,51 +9122,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттерді өтеу</w:t>
+4) Қаржы активтерімен операциялар бойынша Сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9199,51 +9295,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) Қаржы активтермен операциялар бойынша сальдо</w:t>
+Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9372,51 +9468,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржылық активтерді сатып алу</w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9545,87 +9641,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
-[...35 lines deleted...]
-0</w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 296,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9718,51 +9814,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+6) Бюджеттің мұнай тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9891,401 +9987,405 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
-[...35 lines deleted...]
-- 296,2</w:t>
+7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+296,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-296,2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
-[...99 lines deleted...]
-Қарыздар түсімдері</w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10318,600 +10418,403 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16</w:t>
-[...135 lines deleted...]
-0</w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма (тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Санаты</w:t>
-[...163 lines deleted...]
-(мың теңге)</w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+296,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...175 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -10977,51 +10880,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражаты қалдықтары</w:t>
+Бюджет қаражатының қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11539,68 +11442,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z62" w:id="47"/>
+    <w:bookmarkStart w:name="z62" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Ясновка ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11744,70 +11647,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z63" w:id="48"/>
+          <w:bookmarkStart w:name="z63" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="48"/>
+          <w:bookmarkEnd w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -15485,70 +15388,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z64" w:id="49"/>
+          <w:bookmarkStart w:name="z64" w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="49"/>
+          <w:bookmarkEnd w:id="46"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -19544,70 +19447,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z65" w:id="50"/>
+          <w:bookmarkStart w:name="z65" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="50"/>
+          <w:bookmarkEnd w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -20459,68 +20362,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z71" w:id="51"/>
+    <w:bookmarkStart w:name="z71" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Ясновка ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -20664,70 +20567,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z72" w:id="52"/>
+          <w:bookmarkStart w:name="z72" w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="52"/>
+          <w:bookmarkEnd w:id="49"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -24405,70 +24308,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z73" w:id="53"/>
+          <w:bookmarkStart w:name="z73" w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="53"/>
+          <w:bookmarkEnd w:id="50"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -28464,70 +28367,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z74" w:id="54"/>
+          <w:bookmarkStart w:name="z74" w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="54"/>
+          <w:bookmarkEnd w:id="51"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -29379,68 +29282,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z80" w:id="55"/>
+    <w:bookmarkStart w:name="z80" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қаржы жылының басында болған бюджет қаражатының бос қалдықтарын бағыттау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -29584,70 +29487,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z81" w:id="56"/>
+          <w:bookmarkStart w:name="z81" w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="56"/>
+          <w:bookmarkEnd w:id="53"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>