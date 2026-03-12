--- v1 (2025-12-28)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b6be276" w14:textId="b6be276">
+    <w:p w14:paraId="36c59c3" w14:textId="36c59c3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -30833,55 +30833,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>