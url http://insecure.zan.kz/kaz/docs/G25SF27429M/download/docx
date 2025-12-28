--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6abe244" w14:textId="6abe244">
+    <w:p w14:paraId="6671599" w14:textId="6671599">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,834 +252,964 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Солтүстік Қазақстан облысы Есіл ауданы Явленка ауылдық округінің 2025-2027 жылдарға арналған бюджеті сәйкесінше 1, 2, 3 - қосымшаларға сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер - 535 588 мың теңге:</w:t>
+      1) кірістер - 656 540 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер - 204 200 мың теңге;</w:t>
+      салықтық түсімдер - 204 485 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер - 0 мың теңге;</w:t>
+      салықтық емес түсімдер - 1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер - 2 138 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер - 1 852 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі - 329 250 мың теңге;</w:t>
+      трансферттердің түсімдері - 450 202 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар - 538 857,2 мың теңге;</w:t>
+      2) шығындар - 659 809,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) таза бюджеттік кредиттеу - 0 мың теңге;</w:t>
+      3) таза бюджеттік кредиттеу - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен операциялар бойынша сальдо - 0 мың теңге:</w:t>
+      4) сальдо қаржы активтерімен операциялар бойынша сальдо - 0 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) - - 3 269,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) - - 3 269,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) - 3 269,2 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу - 0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары - 3 269,2 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 1-тармақ жаңа редакцияда – Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 23.10.2025 № 34/509 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Явленка ауылдық округінің 2025 жылға арналған бюджетінде 2024 жылы облыстық бюджеттен 0,1 мың теңге сомасында, бөлінген, қаржы жылының басында қалыптасқан, қолданылмаған нысаналы трансферттерді қайтару бюджет қаражатының бос қалдықтары есебінен шығындар 4-қосымшаға сәйкес қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-2. Явленка ауылдық округінің бюджетінде қаржы жылының басында қалыптасқан бюджет қаражатының бос қалдықтары есебінен шығындар 4-қосымшаға сәйкес қарастырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Явленка ауылдық округінің 2025 жылға арналған бюджетінің кірістері Қазақстан Республикасының Бюджет кодексінің 27-бабына сәйкес құрылатындығы белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға аудандық бюджеттен Явленка ауылдық округінің бюджетіне берілетін трансферттердің (субвенциялардың) көлемі 18 186 мың теңге сомасында көзделсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған бюджетте республикалық бюджеттен нысаналы трансферттер түсімі көзделсін, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік бюджет қаражаты есебінен ұсталатын ұйымдар қызметкерлерінің жалақысын арттыруға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Республикалық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Явленка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Явленка ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 2025 жылға арналған бюджетте облыстық бюджеттен нысаналы трансферттер түсімі көзделсін, соның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z33" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есіл ауданы Явленка ауылдық округінің Явленка ауылындағы ауылішілік жолдарды орташа жөндеуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z34" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есіл ауданы Явленка ауылдық округінің Явленка ауылындағы ауылішілік жолдарды ағымдағы жөндеуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есіл ауданының Явленка ауылындағы "Есіл ауданының балалар-жасөспірімдер спорт мектебі" КММ аумағын абаттандыру және көпфункционалды спорт ғимаратын күрделі жөндеуге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыстық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Явленка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Явленка ауылдық округі әкімінің шешімімен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 2025 жылға арналған бюджетте аудандық бюджеттен берілетін ағымдағы нысаналы трансферттердің түсімі көзделсін, оның ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      еңбекақы төлеу қорына;</w:t>
+      еңбекақы төлеу қоры және ағымдағы шығындарға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      көшелерді жарықтандыруға.</w:t>
+      көшелерді жарықтандыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z40" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Аудандық бюджеттен көрсетілген нысаналы трансферттерді бөлу "Солтүстік Қазақстан облысы Есіл ауданы Явленка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін жүзеге асыру туралы" Солтүстік Қазақстан облысы Есіл ауданы Явленка ауылдық округі әкімінің шешімімен айқындалады.</w:t>
+      ауылды абаттандыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Явленка ауылының жолдарын ағымдағы күтіп ұстауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауылішілік жолдарды орташа жөндеуге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аудандық бюджеттен берілетін аталған ағымдағы нысаналы трансферттерді бөлу Солтүстік Қазақстан облысы Есіл ауданы Явленка ауылдық округі әкімінің "Солтүстік Қазақстан облысы Есіл ауданы Явленка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының шешімін іске асыру туралы" шешімімен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ескерту. 6-тармақ жаңа редакцияда – Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 23.10.2025 № 34/509 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Солтүстік Қазақстан облысы Есіл ауданы мәслихатының келесі шешімдерінің: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Солтүстік Қазақстан облысы Есіл ауданы Явленка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 23/375 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Солтүстік Қазақстан облысы Есіл ауданы Явленка ауылдық округінің 2025-2027 жылдарға арналған бюджетін бекіту туралы" Есіл ауданы мәслихатының 2024 жылғы 27 желтоқсандағы № 23/375 шешіміне өзгерістер мен толықтырулар енгізу туралы" Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 2025 жылғы 4 наурыздағы № 24/393 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімінің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1517,68 +1647,86 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="41"/>
+    <w:bookmarkStart w:name="z51" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Явленка ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескерту. 1-қосымша жаңа редакцияда – Солтүстік Қазақстан облысы Есіл ауданы мәслихатының 23.10.2025 № 34/509 (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1722,70 +1870,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z52" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -1930,51 +2076,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-535 588</w:t>
+656 540</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2107,51 +2253,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-204 200</w:t>
+204 485</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2284,51 +2430,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-179 242</w:t>
+178 239</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2461,51 +2607,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-179 242</w:t>
+178 239</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2638,51 +2784,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24 935</w:t>
+26 199</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2815,51 +2961,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 206</w:t>
+833</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2992,51 +3138,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-507</w:t>
+432</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3169,51 +3315,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 135</w:t>
+24 856</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3346,51 +3492,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87</w:t>
+78</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3419,50 +3565,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3523,51 +3687,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23</w:t>
+47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3628,50 +3792,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3700,228 +3882,228 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23</w:t>
+47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...135 lines deleted...]
-2 138</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3950,155 +4132,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-03</w:t>
-[...103 lines deleted...]
-2 138</w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4195,441 +4377,441 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жерді сату</w:t>
-[...35 lines deleted...]
-1 718</w:t>
+Басқа да салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-420 </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 852</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-329 250</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді және материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 852</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4649,164 +4831,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-329 250</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 574</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4867,328 +5049,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...71 lines deleted...]
-329 250</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+278 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Функционалдық топ</w:t>
-[...163 lines deleted...]
-(мың теңге)</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+450 202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5208,514 +5362,580 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-538 857,2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жоғары тұрған мемлекеттік басқару органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+450 202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-273 133</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+450 202</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-273 133</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+джеттік Бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5767,486 +5987,482 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-73 133</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+659 809,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-200 000</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттік қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+282 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-71 236,9</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+282 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6266,164 +6482,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-71 236,9</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+82 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6484,300 +6700,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-37 713,1</w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-7 792,8</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79 997,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6797,164 +7013,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-450</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79 997,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7015,300 +7231,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-25 281</w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44 980,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1 500</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 792,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7328,164 +7544,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-1 500</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерлеу орындарын күтіп-ұстау және туысы жоқ адамдарды жерлеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+450</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7546,300 +7762,336 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-028</w:t>
-[...71 lines deleted...]
-1 500</w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26 775</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-[...135 lines deleted...]
-127 519,2</w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7868,51 +8120,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-124 </w:t>
+124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7972,51 +8224,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-127 519,2</w:t>
+1 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8077,477 +8329,495 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-013</w:t>
-[...71 lines deleted...]
-73 811,6</w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде дене шынықтыру-сауықтыру және спорттық іс-шараларды өткізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-53 707,6</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+230 593,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-65 468,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+230 593,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8567,164 +8837,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-65 468,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75 311,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8785,300 +9055,300 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-048</w:t>
-[...71 lines deleted...]
-0,1</w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+155 281,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-65 468</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65 468,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9098,160 +9368,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округі әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65 468,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9303,128 +9577,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9476,128 +9754,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+051</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңнаманың өзгеруіне байланысты жоғары тұрған бюджеттің шығындарын өтеуге төмен тұрған бюджеттен берілетін ағымдағы нысаналы трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65 468</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9690,51 +9972,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
+3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9863,51 +10145,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржы активтерін сатып алу</w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10036,51 +10318,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10209,87 +10491,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) Бюджет тапшылығы (профициті)</w:t>
-[...35 lines deleted...]
-- 3 269,2</w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10382,87 +10664,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
-[...35 lines deleted...]
-- 3 269,2</w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10555,671 +10837,1206 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
-[...35 lines deleted...]
-3 269,2</w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 3 269,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 3 269,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...172 lines deleted...]
-(мың теңге)</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 269,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздардың түсуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(мың теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -12030,68 +12847,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="45"/>
+    <w:bookmarkStart w:name="z60" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Явленка ауылдық округінің 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12235,70 +13052,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z61" w:id="46"/>
+          <w:bookmarkStart w:name="z61" w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="46"/>
+          <w:bookmarkEnd w:id="39"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -15445,70 +16262,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z62" w:id="47"/>
+          <w:bookmarkStart w:name="z62" w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="47"/>
+          <w:bookmarkEnd w:id="40"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -19858,70 +20675,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z63" w:id="48"/>
+          <w:bookmarkStart w:name="z63" w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="48"/>
+          <w:bookmarkEnd w:id="41"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -20773,68 +21590,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z69" w:id="49"/>
+    <w:bookmarkStart w:name="z69" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Солтүстік Қазақстан облысы Есіл ауданы Явленка ауылдық округінің 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -21048,70 +21865,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z70" w:id="50"/>
+          <w:bookmarkStart w:name="z70" w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="50"/>
+          <w:bookmarkEnd w:id="43"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -24258,70 +25075,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z71" w:id="51"/>
+          <w:bookmarkStart w:name="z71" w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="51"/>
+          <w:bookmarkEnd w:id="44"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -28671,70 +29488,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z72" w:id="52"/>
+          <w:bookmarkStart w:name="z72" w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="52"/>
+          <w:bookmarkEnd w:id="45"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -29586,131 +30403,131 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z78" w:id="53"/>
+    <w:bookmarkStart w:name="z78" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылғы 1 қантарға қалыптасқан бюджет қаражатының бос қалдықтарын бағыттау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z79" w:id="54"/>
+          <w:bookmarkStart w:name="z79" w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функционалдық</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="54"/>
+          <w:bookmarkEnd w:id="47"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -29811,70 +30628,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z80" w:id="55"/>
+          <w:bookmarkStart w:name="z80" w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="55"/>
+          <w:bookmarkEnd w:id="48"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -31157,55 +31974,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>