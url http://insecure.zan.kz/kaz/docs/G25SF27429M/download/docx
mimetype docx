--- v1 (2025-12-28)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6671599" w14:textId="6671599">
+    <w:p w14:paraId="4cf9927" w14:textId="4cf9927">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>